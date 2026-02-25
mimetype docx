--- v0 (2026-02-04)
+++ v1 (2026-02-25)
@@ -1,194 +1,155 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="69FADE4E" w14:textId="59BDB554" w:rsidR="0090728E" w:rsidRPr="008A188C" w:rsidRDefault="00B0517B">
       <w:pPr>
         <w:keepLines/>
         <w:widowControl w:val="0"/>
         <w:suppressAutoHyphens/>
         <w:ind w:left="6379" w:right="7" w:hanging="850"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A188C">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>PATVIRTINTA</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="69FADE4F" w14:textId="70A408CA" w:rsidR="0090728E" w:rsidRPr="008A188C" w:rsidRDefault="008A188C">
       <w:pPr>
         <w:keepLines/>
         <w:widowControl w:val="0"/>
         <w:suppressAutoHyphens/>
         <w:ind w:left="6379" w:right="7" w:hanging="850"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Hlk200034982"/>
       <w:r w:rsidRPr="008A188C">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Vilniaus darželio-mokyklos „Dainorėliai“ </w:t>
+        <w:t>Vilniaus darželio-mokyklos „</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008A188C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Dainorėliai</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008A188C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“ </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p w14:paraId="6E7D402F" w14:textId="77777777" w:rsidR="0024116E" w:rsidRDefault="008A188C">
+    <w:p w14:paraId="69FADE51" w14:textId="72B6F0CA" w:rsidR="0090728E" w:rsidRPr="008A188C" w:rsidRDefault="008A188C">
       <w:pPr>
         <w:keepLines/>
         <w:widowControl w:val="0"/>
         <w:suppressAutoHyphens/>
         <w:ind w:left="5529" w:right="7"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A188C">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>direktoriaus</w:t>
       </w:r>
       <w:r w:rsidR="00B0517B" w:rsidRPr="008A188C">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 20</w:t>
       </w:r>
       <w:r w:rsidRPr="008A188C">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">25 </w:t>
       </w:r>
       <w:r w:rsidR="00B0517B" w:rsidRPr="008A188C">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">m. </w:t>
-[...53 lines deleted...]
-        <w:t xml:space="preserve"> V-98</w:t>
+        <w:t xml:space="preserve">m. birželio 11 d. įsakymu Nr. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="69FADE52" w14:textId="77777777" w:rsidR="0090728E" w:rsidRDefault="0090728E">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:suppressAutoHyphens/>
         <w:ind w:right="7"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="46D3FE89" w14:textId="77777777" w:rsidR="008A188C" w:rsidRDefault="008A188C">
       <w:pPr>
         <w:keepLines/>
         <w:widowControl w:val="0"/>
         <w:suppressAutoHyphens/>
         <w:ind w:right="7"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:caps/>
@@ -347,51 +308,67 @@
     </w:p>
     <w:p w14:paraId="4EE07DA7" w14:textId="77777777" w:rsidR="007F7AE1" w:rsidRDefault="00F32B37" w:rsidP="007F7AE1">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007F7AE1">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Vilniaus darželio-mokyklos „Dainorėliai“ (toliau </w:t>
+        <w:t>Vilniaus darželio-mokyklos „</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F7AE1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Dainorėliai</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F7AE1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“ (toliau </w:t>
       </w:r>
       <w:r w:rsidR="004B7770" w:rsidRPr="007F7AE1">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidRPr="007F7AE1">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Mokykla) etikos kodeks</w:t>
       </w:r>
       <w:r w:rsidR="00CF0AB3" w:rsidRPr="007F7AE1">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="007F7AE1">
         <w:rPr>
           <w:color w:val="000000"/>
@@ -887,86 +864,79 @@
     <w:p w14:paraId="6F4AD804" w14:textId="609498B7" w:rsidR="00464985" w:rsidRPr="00464985" w:rsidRDefault="00464985" w:rsidP="00464985">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="142" w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00464985">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Su tėvais (globėjais) bendrauja etiškai ir konstruktyviai, net ir sudėtingose situacijose </w:t>
-[...7 lines deleted...]
-        <w:t>išlaiko pagarbų toną ir skatina bendradarbiavimą.</w:t>
+        <w:t>Su tėvais (globėjais) bendrauja etiškai ir konstruktyviai, net ir sudėtingose situacijose išlaiko pagarbų toną ir skatina bendradarbiavimą.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F29B47E" w14:textId="60F6595F" w:rsidR="00932979" w:rsidRPr="00DB7342" w:rsidRDefault="003E4E46" w:rsidP="00DB7342">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="142" w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DB7342">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Gerbia kitų darbuotojų kompetencijas</w:t>
       </w:r>
       <w:r w:rsidR="00DC02D1">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DB7342">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ir palaiko kolegišką bendravimą.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0ABEC863" w14:textId="7E58D22F" w:rsidR="00932979" w:rsidRPr="00DB7342" w:rsidRDefault="003E4E46" w:rsidP="00DB7342">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="6"/>
         </w:numPr>
@@ -1609,74 +1579,74 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Ugdo mokinių sąmoningumą ir toleranciją skirtingoms kultūroms, kalboms, religijoms, gyvenimo būdams.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="234C94EA" w14:textId="5B534D3A" w:rsidR="00325CCE" w:rsidRPr="00DB7342" w:rsidRDefault="003E4E46" w:rsidP="00DB7342">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="142" w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DB7342">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Neatskleidžia jautrios informacijos apie mokinį be jo ar tėvų sutikimo, ypač kai tai susiję su teisiniais ar socialiniais aspektais.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3F322C01" w14:textId="4C7A2AE9" w:rsidR="00325CCE" w:rsidRPr="00DB7342" w:rsidRDefault="003E4E46" w:rsidP="00DB7342">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="142" w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>U</w:t>
       </w:r>
       <w:r w:rsidR="00325CCE" w:rsidRPr="00DB7342">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>gdymo procese gerbia mokinių ir jų tėvų teisę žinoti apie veiklas, kuriose mokiniai dalyvauja, ir suteikia galimybę pasirinkti.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58245A47" w14:textId="25873455" w:rsidR="00325CCE" w:rsidRPr="00DB7342" w:rsidRDefault="003E4E46" w:rsidP="00DB7342">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="142" w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
@@ -2200,59 +2170,51 @@
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DB7342">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Atsakingai ir tik ugdymo tikslais naudoja m</w:t>
       </w:r>
       <w:r w:rsidR="00537252" w:rsidRPr="00DB7342">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">okyklos turtą, medžiagas </w:t>
       </w:r>
       <w:r w:rsidR="00325CCE" w:rsidRPr="00DB7342">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">ir finansinius </w:t>
-[...7 lines deleted...]
-        <w:t>išteklius.</w:t>
+        <w:t>ir finansinius išteklius.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6563C2D9" w14:textId="7C370544" w:rsidR="00325CCE" w:rsidRPr="00DB7342" w:rsidRDefault="003E4E46" w:rsidP="00DB7342">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="284" w:firstLine="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DB7342">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Gerbia švietimo įstaigos nuostatus, laikosi vidaus tvarkos taisyklių ir </w:t>
@@ -2272,51 +2234,59 @@
         <w:t>odekso.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="37BB3DCB" w14:textId="08698E55" w:rsidR="00325CCE" w:rsidRPr="00DB7342" w:rsidRDefault="003E4E46" w:rsidP="00DB7342">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="284" w:firstLine="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DB7342">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Savo pareigų nenaudoja asmeniniams interesams, nepriima dovanų ar paslaugų mainais į palankumą ar privilegijas.</w:t>
+        <w:t xml:space="preserve">Savo pareigų nenaudoja asmeniniams interesams, nepriima dovanų ar paslaugų mainais </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB7342">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>į palankumą ar privilegijas.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="659E53C0" w14:textId="3386900D" w:rsidR="00325CCE" w:rsidRPr="00DB7342" w:rsidRDefault="003E4E46" w:rsidP="00DB7342">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="284" w:firstLine="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DB7342">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Nepiktnaudžiauja mokinių ar jų tėvų pasitikėjimu, vengia situacijų, kurios galėtų sukelti interesų konfliktą.</w:t>
@@ -2900,59 +2870,51 @@
         <w:ind w:left="284" w:firstLine="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E71B92">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Laikytis Kodekso reikalavimų – asmeninis pedagogo, siekiančio </w:t>
       </w:r>
       <w:r w:rsidRPr="00E71B92">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">tinkamai ir kokybiškai atlikti savo pareigas, didinti profesijos prestižą ir pasitikėjimą šalies švietimo sistema, įsipareigojimas </w:t>
       </w:r>
       <w:r w:rsidRPr="00E71B92">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">ir garbės reikalas, o jų pažeidimas užtraukia atsakomybę, numatytą Lietuvos </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Respublikos švietimo įstatyme ir kituose teisės aktuose, reglamentuojančiuose pedagogų veiklą. </w:t>
+        <w:t xml:space="preserve">ir garbės reikalas, o jų pažeidimas užtraukia atsakomybę, numatytą Lietuvos Respublikos švietimo įstatyme ir kituose teisės aktuose, reglamentuojančiuose pedagogų veiklą. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F610788" w14:textId="48BD7023" w:rsidR="0098040F" w:rsidRDefault="0098040F" w:rsidP="00F2031F">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="284" w:firstLine="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
@@ -2978,50 +2940,51 @@
     <w:p w14:paraId="2EF20F0A" w14:textId="0FD38E2E" w:rsidR="0098040F" w:rsidRDefault="0098040F" w:rsidP="00F2031F">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="284" w:firstLine="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>K</w:t>
       </w:r>
       <w:r w:rsidRPr="0098040F">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">omisija gali teikti siūlymus dėl </w:t>
       </w:r>
       <w:r w:rsidR="002D61FF">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Mokyklos</w:t>
       </w:r>
       <w:r w:rsidRPr="0098040F">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> vidaus dokumentų tobulinimo</w:t>
       </w:r>
       <w:r w:rsidR="002D61FF">
         <w:rPr>
@@ -3702,80 +3665,80 @@
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>okyklos bendruomene.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2DC0336B" w14:textId="35269B1E" w:rsidR="000D1A44" w:rsidRDefault="0080724B" w:rsidP="000D1A44">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="0" w:right="7" w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>K</w:t>
       </w:r>
       <w:r w:rsidR="000D1A44" w:rsidRPr="000D1A44">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>odeksas yra privalomas visiems mokyklos pedagoginiams darbuotojams, nepriklausomai nuo jų pareigų ar darbo krūvio. Su kodekso turiniu darbuotojai supažindinami pasirašytinai.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7948DDDB" w14:textId="10AFE1AE" w:rsidR="0080724B" w:rsidRDefault="0080724B" w:rsidP="000D1A44">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="0" w:right="7" w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002D61FF">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Nauji darbuotojai privalo susipažinti su </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>K</w:t>
       </w:r>
       <w:r w:rsidRPr="002D61FF">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>odeksu ne vėliau kaip per 5 darbo dienas nuo darbo pradžios.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="71BCAD8B" w14:textId="77777777" w:rsidR="000D1A44" w:rsidRDefault="000D1A44" w:rsidP="000D1A44">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="0" w:right="7" w:firstLine="426"/>
@@ -3889,870 +3852,396 @@
       <w:r w:rsidR="0080724B">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>M</w:t>
       </w:r>
       <w:r w:rsidRPr="0080724B">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>okyklos bendruomenės nariams.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2740B300" w14:textId="77777777" w:rsidR="002D61FF" w:rsidRPr="002D61FF" w:rsidRDefault="002D61FF" w:rsidP="002D61FF">
       <w:pPr>
         <w:ind w:right="7"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="69FADE7A" w14:textId="25C40293" w:rsidR="00574163" w:rsidRDefault="00B0517B" w:rsidP="00B0517B">
+    <w:p w14:paraId="69FADE7A" w14:textId="69B76866" w:rsidR="0090728E" w:rsidRDefault="00B0517B" w:rsidP="00B0517B">
       <w:pPr>
         <w:ind w:right="7"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="HelveticaLT" w:hAnsi="HelveticaLT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
-      </w:pPr>
-[...5 lines deleted...]
-        </w:rPr>
         <w:t>______________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6BA37759" w14:textId="77777777" w:rsidR="00574163" w:rsidRDefault="00574163">
-[...420 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId16"/>
+    <w:sectPr w:rsidR="0090728E" w:rsidSect="007C52FF">
+      <w:headerReference w:type="even" r:id="rId10"/>
+      <w:headerReference w:type="default" r:id="rId11"/>
+      <w:footerReference w:type="even" r:id="rId12"/>
+      <w:footerReference w:type="default" r:id="rId13"/>
+      <w:headerReference w:type="first" r:id="rId14"/>
+      <w:footerReference w:type="first" r:id="rId15"/>
       <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
       <w:pgMar w:top="1134" w:right="567" w:bottom="1134" w:left="1701" w:header="289" w:footer="720" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
       <w:noEndnote/>
       <w:titlePg/>
-      <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="05485E81" w14:textId="77777777" w:rsidR="008C1057" w:rsidRDefault="008C1057">
+    <w:p w14:paraId="7C9E436D" w14:textId="77777777" w:rsidR="00895406" w:rsidRDefault="00895406">
       <w:pPr>
         <w:overflowPunct w:val="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaLT" w:hAnsi="HelveticaLT"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaLT" w:hAnsi="HelveticaLT"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6BD6F4C4" w14:textId="77777777" w:rsidR="008C1057" w:rsidRDefault="008C1057">
+    <w:p w14:paraId="7C61A3D5" w14:textId="77777777" w:rsidR="00895406" w:rsidRDefault="00895406">
       <w:pPr>
         <w:overflowPunct w:val="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaLT" w:hAnsi="HelveticaLT"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaLT" w:hAnsi="HelveticaLT"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="BA"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A0002AEF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="HelveticaLT">
     <w:altName w:val="Arial"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w14:paraId="69FADE83" w14:textId="5D73754B" w:rsidR="0090728E" w:rsidRDefault="00B0517B">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="69FADE83" w14:textId="77777777" w:rsidR="0090728E" w:rsidRDefault="00B0517B">
     <w:pPr>
       <w:framePr w:wrap="auto" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
       <w:tabs>
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
       <w:overflowPunct w:val="0"/>
       <w:textAlignment w:val="baseline"/>
       <w:rPr>
         <w:rFonts w:ascii="HelveticaLT" w:hAnsi="HelveticaLT"/>
         <w:sz w:val="20"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="HelveticaLT" w:hAnsi="HelveticaLT"/>
         <w:sz w:val="20"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="HelveticaLT" w:hAnsi="HelveticaLT"/>
         <w:sz w:val="20"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
-    </w:r>
-[...15 lines deleted...]
-      <w:t>2</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="HelveticaLT" w:hAnsi="HelveticaLT"/>
         <w:sz w:val="20"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="69FADE84" w14:textId="77777777" w:rsidR="0090728E" w:rsidRDefault="0090728E">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
       <w:overflowPunct w:val="0"/>
       <w:ind w:right="360"/>
       <w:textAlignment w:val="baseline"/>
       <w:rPr>
         <w:rFonts w:ascii="HelveticaLT" w:hAnsi="HelveticaLT"/>
         <w:sz w:val="20"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-[...32 lines deleted...]
-  </w:sdt>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="69FADE86" w14:textId="77777777" w:rsidR="0090728E" w:rsidRDefault="0090728E">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
       <w:overflowPunct w:val="0"/>
       <w:ind w:right="360"/>
       <w:textAlignment w:val="baseline"/>
       <w:rPr>
         <w:rFonts w:ascii="HelveticaLT" w:hAnsi="HelveticaLT"/>
         <w:sz w:val="20"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-[...5 lines deleted...]
-  </w:p>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="69FADE88" w14:textId="77777777" w:rsidR="0090728E" w:rsidRDefault="0090728E">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
       <w:overflowPunct w:val="0"/>
       <w:textAlignment w:val="baseline"/>
       <w:rPr>
         <w:rFonts w:ascii="HelveticaLT" w:hAnsi="HelveticaLT"/>
         <w:sz w:val="20"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7F6DE94A" w14:textId="77777777" w:rsidR="008C1057" w:rsidRDefault="008C1057">
+    <w:p w14:paraId="202F5525" w14:textId="77777777" w:rsidR="00895406" w:rsidRDefault="00895406">
       <w:pPr>
         <w:overflowPunct w:val="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaLT" w:hAnsi="HelveticaLT"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaLT" w:hAnsi="HelveticaLT"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0F044FBF" w14:textId="77777777" w:rsidR="008C1057" w:rsidRDefault="008C1057">
+    <w:p w14:paraId="49B8577B" w14:textId="77777777" w:rsidR="00895406" w:rsidRDefault="00895406">
       <w:pPr>
         <w:overflowPunct w:val="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaLT" w:hAnsi="HelveticaLT"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="HelveticaLT" w:hAnsi="HelveticaLT"/>
           <w:sz w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="69FADE81" w14:textId="77777777" w:rsidR="0090728E" w:rsidRDefault="0090728E">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4819"/>
         <w:tab w:val="right" w:pos="9071"/>
       </w:tabs>
       <w:overflowPunct w:val="0"/>
       <w:textAlignment w:val="baseline"/>
       <w:rPr>
         <w:rFonts w:ascii="HelveticaLT" w:hAnsi="HelveticaLT"/>
         <w:sz w:val="20"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="69FADE82" w14:textId="77777777" w:rsidR="0090728E" w:rsidRDefault="0090728E">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4819"/>
         <w:tab w:val="right" w:pos="9071"/>
       </w:tabs>
       <w:overflowPunct w:val="0"/>
       <w:textAlignment w:val="baseline"/>
       <w:rPr>
         <w:rFonts w:ascii="HelveticaLT" w:hAnsi="HelveticaLT"/>
         <w:sz w:val="20"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4E9D801C" w14:textId="1C32F3F7" w:rsidR="00B0517B" w:rsidRDefault="00B0517B">
     <w:pPr>
       <w:pStyle w:val="Antrats"/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="69FADE87" w14:textId="77777777" w:rsidR="0090728E" w:rsidRDefault="0090728E">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4986"/>
         <w:tab w:val="right" w:pos="9972"/>
       </w:tabs>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="11B91E44"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="C28AD37C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="786" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="786" w:hanging="360"/>
@@ -4945,171 +4434,50 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3744" w:hanging="1224"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="22706954"/>
-[...119 lines deleted...]
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="24AA43C5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2D9879A8"/>
     <w:lvl w:ilvl="0" w:tplc="ADC875C0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="927" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -5155,51 +4523,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0427001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="38096E27"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3D2C265E"/>
     <w:lvl w:ilvl="0" w:tplc="0427000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1287" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2007" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0427001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -5241,51 +4609,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5607" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6327" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0427001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7047" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="42A215FC"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="94ECBF00"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:lvlText w:val="4.2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="716" w:hanging="432"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -5354,51 +4722,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3744" w:hanging="1224"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4A4A2C64"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="75D27846"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="4.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="716" w:hanging="432"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -5467,51 +4835,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3744" w:hanging="1224"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4EFC5E9B"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="A93625F8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:lvlText w:val="4.2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="716" w:hanging="432"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -5580,51 +4948,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3744" w:hanging="1224"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="541C6C81"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="CFCEA038"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:lvlText w:val="4.2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="716" w:hanging="432"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -5693,51 +5061,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3744" w:hanging="1224"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="55A30B83"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="5A280FBA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="4.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="716" w:hanging="432"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -5806,51 +5174,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3744" w:hanging="1224"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="560F4459"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="3912E37A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:lvlText w:val="4.2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="716" w:hanging="432"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -5919,51 +5287,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3744" w:hanging="1224"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="59C46BCC"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="C28AD37C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="786" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="786" w:hanging="360"/>
       </w:pPr>
@@ -6041,51 +5409,51 @@
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1866" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2226" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6DC276DC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="95487E7E"/>
     <w:lvl w:ilvl="0" w:tplc="21308C94">
       <w:start w:val="3"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="987" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04270003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1707" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -6154,51 +5522,51 @@
     <w:lvl w:ilvl="7" w:tplc="04270003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6027" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04270005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6747" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="70000C04"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8DF6B954"/>
     <w:lvl w:ilvl="0" w:tplc="ADC875C0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="927" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1647" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -6244,51 +5612,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5247" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5967" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0427001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6687" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="767418E2"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FBC681AE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:lvlText w:val="4.2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="716" w:hanging="432"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -6357,355 +5725,256 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3744" w:hanging="1224"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
-[...85 lines deleted...]
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="821237669">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="299582633">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="42336900">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="489444776">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="1534341615">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="1633906443">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="108204962">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="1920408062">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="1617101010">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="511648286">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="136188379">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="12" w16cid:durableId="886334399">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="678965987">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="3">
-[...32 lines deleted...]
-  <w:num w:numId="14">
+  <w:num w:numId="14" w16cid:durableId="1233388507">
     <w:abstractNumId w:val="0"/>
-  </w:num>
-[...4 lines deleted...]
-    <w:abstractNumId w:val="15"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:printFractionalCharacterWidth/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="1247"/>
   <w:hyphenationZone w:val="396"/>
   <w:doNotHyphenateCaps/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:drawingGridVerticalSpacing w:val="120"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003F460D"/>
-    <w:rsid w:val="00047D13"/>
     <w:rsid w:val="000D1A44"/>
     <w:rsid w:val="000E493C"/>
     <w:rsid w:val="00170E9E"/>
     <w:rsid w:val="0019487F"/>
     <w:rsid w:val="001C2AE0"/>
-    <w:rsid w:val="0024116E"/>
     <w:rsid w:val="002D61FF"/>
     <w:rsid w:val="00325CCE"/>
     <w:rsid w:val="00335871"/>
     <w:rsid w:val="003E4E46"/>
     <w:rsid w:val="003F460D"/>
     <w:rsid w:val="0043030A"/>
     <w:rsid w:val="00464985"/>
     <w:rsid w:val="00472098"/>
     <w:rsid w:val="00475AFF"/>
     <w:rsid w:val="00477F82"/>
     <w:rsid w:val="004B7770"/>
     <w:rsid w:val="00537252"/>
-    <w:rsid w:val="005629BE"/>
-    <w:rsid w:val="00574163"/>
     <w:rsid w:val="00593640"/>
     <w:rsid w:val="005E0CD7"/>
-    <w:rsid w:val="00693A2F"/>
     <w:rsid w:val="006C2184"/>
     <w:rsid w:val="006F587D"/>
     <w:rsid w:val="00744AB2"/>
     <w:rsid w:val="007C52FF"/>
     <w:rsid w:val="007D0CC4"/>
     <w:rsid w:val="007F7AE1"/>
     <w:rsid w:val="00800045"/>
     <w:rsid w:val="0080724B"/>
     <w:rsid w:val="00821779"/>
     <w:rsid w:val="00895406"/>
     <w:rsid w:val="008A188C"/>
-    <w:rsid w:val="008C1057"/>
     <w:rsid w:val="008F1563"/>
     <w:rsid w:val="0090728E"/>
     <w:rsid w:val="00923C99"/>
     <w:rsid w:val="00932979"/>
     <w:rsid w:val="009667A5"/>
     <w:rsid w:val="0098040F"/>
     <w:rsid w:val="009804CC"/>
     <w:rsid w:val="00996980"/>
     <w:rsid w:val="00B0517B"/>
     <w:rsid w:val="00B24074"/>
     <w:rsid w:val="00B92652"/>
     <w:rsid w:val="00BC172E"/>
     <w:rsid w:val="00CF0AB3"/>
     <w:rsid w:val="00D951AD"/>
     <w:rsid w:val="00DB7342"/>
     <w:rsid w:val="00DC02D1"/>
     <w:rsid w:val="00E71B92"/>
     <w:rsid w:val="00F2031F"/>
     <w:rsid w:val="00F32B37"/>
     <w:rsid w:val="00F90DA5"/>
-    <w:rsid w:val="00F91AC0"/>
     <w:rsid w:val="00FA0374"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lt-LT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="69FADE3A"/>
   <w15:docId w15:val="{BC85EEE7-00C3-4360-9B53-E3068D800E1B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="24"/>
         <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="footer" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -6795,51 +6064,50 @@
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Light Shading"/>
     <w:lsdException w:name="Light List"/>
     <w:lsdException w:name="Light Grid"/>
     <w:lsdException w:name="Medium Shading 1"/>
     <w:lsdException w:name="Medium Shading 2"/>
     <w:lsdException w:name="Medium List 1"/>
     <w:lsdException w:name="Medium List 2"/>
     <w:lsdException w:name="Medium Grid 1"/>
     <w:lsdException w:name="Medium Grid 2"/>
     <w:lsdException w:name="Medium Grid 3"/>
     <w:lsdException w:name="Dark List"/>
     <w:lsdException w:name="Colorful Shading"/>
     <w:lsdException w:name="Colorful List"/>
     <w:lsdException w:name="Colorful Grid"/>
     <w:lsdException w:name="Light Shading Accent 1"/>
     <w:lsdException w:name="Light List Accent 1"/>
     <w:lsdException w:name="Light Grid Accent 1"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1"/>
     <w:lsdException w:name="Medium List 1 Accent 1"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
-    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1"/>
     <w:lsdException w:name="Dark List Accent 1"/>
     <w:lsdException w:name="Colorful Shading Accent 1"/>
     <w:lsdException w:name="Colorful List Accent 1"/>
     <w:lsdException w:name="Colorful Grid Accent 1"/>
     <w:lsdException w:name="Light Shading Accent 2"/>
     <w:lsdException w:name="Light List Accent 2"/>
     <w:lsdException w:name="Light Grid Accent 2"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2"/>
     <w:lsdException w:name="Medium List 1 Accent 2"/>
     <w:lsdException w:name="Medium List 2 Accent 2"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2"/>
     <w:lsdException w:name="Dark List Accent 2"/>
     <w:lsdException w:name="Colorful Shading Accent 2"/>
     <w:lsdException w:name="Colorful List Accent 2"/>
     <w:lsdException w:name="Colorful Grid Accent 2"/>
     <w:lsdException w:name="Light Shading Accent 3"/>
     <w:lsdException w:name="Light List Accent 3"/>
     <w:lsdException w:name="Light Grid Accent 3"/>
@@ -6984,50 +6252,51 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="prastasis">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Numatytasispastraiposriftas">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="prastojilentel">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
@@ -7052,96 +6321,61 @@
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="lt-LT"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="AntratsDiagrama">
     <w:name w:val="Antraštės Diagrama"/>
     <w:basedOn w:val="Numatytasispastraiposriftas"/>
     <w:link w:val="Antrats"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00B0517B"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="lt-LT"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sraopastraipa">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="prastasis"/>
-    <w:uiPriority w:val="34"/>
-    <w:qFormat/>
     <w:rsid w:val="007F7AE1"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Porat">
-[...31 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="376200328">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1486780816">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -7157,51 +6391,51 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2128620363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="„Office“ tema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -7433,55 +6667,65 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
 </file>
 
-<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokumentas" ma:contentTypeID="0x010100D8ECFFBDDA118244861569856C5AC6C3" ma:contentTypeVersion="0" ma:contentTypeDescription="Kurkite naują dokumentą." ma:contentTypeScope="" ma:versionID="e894898859fc6bec26f1b7b2ed962da5">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="92f6efcb3d141a2d8cf8d4aae0174d8f">
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all/>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Turinio tipas"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Antraštė"/>
@@ -7551,146 +6795,120 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{228923EC-6C80-4025-894E-993A074E1431}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{35699C64-8681-4352-A896-B1E16EA6FC88}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...3 lines deleted...]
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E5857572-F69E-47AD-B4A8-C06C6DE29381}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...23 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>7</Pages>
-[...1 lines deleted...]
-  <Characters>5610</Characters>
+  <Pages>6</Pages>
+  <Words>9451</Words>
+  <Characters>5388</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>46</Lines>
-  <Paragraphs>30</Paragraphs>
+  <Lines>44</Lines>
+  <Paragraphs>29</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Pavadinimas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>2405e083-4638-4f57-a234-cba12ee9e4ba</vt:lpstr>
       <vt:lpstr>2405e083-4638-4f57-a234-cba12ee9e4ba</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>VKS</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>15420</CharactersWithSpaces>
+  <CharactersWithSpaces>14810</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>2405e083-4638-4f57-a234-cba12ee9e4ba</dc:title>
   <dc:creator>Razmantienė Audronė</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Isakymai">
     <vt:lpwstr>Isakymai</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ContentTypeId">