--- v0 (2025-10-08)
+++ v1 (2026-02-04)
@@ -1,31759 +1,39578 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
-    <w:p w14:paraId="5A321F3C" w14:textId="77777777" w:rsidR="00032CAF" w:rsidRDefault="00A32451" w:rsidP="00912E8F">
-[...1 lines deleted...]
-        <w:pStyle w:val="Heading1"/>
+    <w:p w14:paraId="2AA458C1" w14:textId="49869FA9" w:rsidR="00530167" w:rsidRPr="003617A2" w:rsidRDefault="003617A2" w:rsidP="003617A2">
+      <w:pPr>
+        <w:pStyle w:val="Pagrindinistekstas"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="5096"/>
+          <w:tab w:val="left" w:pos="7088"/>
         </w:tabs>
-        <w:spacing w:after="10"/>
-[...1 lines deleted...]
-        <w:jc w:val="left"/>
+        <w:spacing w:before="63"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">                                                                    </w:t>
-[...6 lines deleted...]
-      <w:pPr>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                </w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="003617A2">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>PATVIRTINTA</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D8813CE" w14:textId="77991FB8" w:rsidR="008A1662" w:rsidRDefault="003617A2" w:rsidP="003617A2">
+      <w:pPr>
+        <w:spacing w:before="12" w:line="249" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                 </w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0">
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vilniaus </w:t>
+      </w:r>
+      <w:r w:rsidR="008A1662">
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>darželio</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="008A1662">
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>mokyklos ,,Dainorėliai“</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F63C54A" w14:textId="52F7476F" w:rsidR="003617A2" w:rsidRDefault="003617A2" w:rsidP="003617A2">
+      <w:pPr>
+        <w:spacing w:before="12" w:line="249" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                </w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0">
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>direktoriaus</w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0">
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="008A1662">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0">
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>m.</w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0">
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A374FE">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>spalio</w:t>
+      </w:r>
+      <w:r w:rsidR="008A1662">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00A374FE">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="008A1662">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>d.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DED9D48" w14:textId="7407E380" w:rsidR="00530167" w:rsidRDefault="003617A2" w:rsidP="003617A2">
+      <w:pPr>
+        <w:spacing w:before="12" w:line="249" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                             </w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>įsakymu Nr. V-</w:t>
+      </w:r>
+      <w:r w:rsidR="00A374FE">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>98</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FB7C3B3" w14:textId="77777777" w:rsidR="00530167" w:rsidRDefault="00530167">
+      <w:pPr>
+        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="67DB7D45" w14:textId="77777777" w:rsidR="00530167" w:rsidRDefault="00530167">
+      <w:pPr>
+        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6A61B8B3" w14:textId="77777777" w:rsidR="00530167" w:rsidRDefault="00530167">
+      <w:pPr>
+        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="41F795CD" w14:textId="77777777" w:rsidR="00530167" w:rsidRDefault="00530167">
+      <w:pPr>
+        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="523AAD18" w14:textId="77777777" w:rsidR="00530167" w:rsidRDefault="00530167">
+      <w:pPr>
+        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="300F4078" w14:textId="77777777" w:rsidR="00530167" w:rsidRDefault="00530167">
+      <w:pPr>
+        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="542911C3" w14:textId="77777777" w:rsidR="00530167" w:rsidRDefault="00530167">
+      <w:pPr>
+        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="469B3B55" w14:textId="77777777" w:rsidR="00530167" w:rsidRDefault="00530167">
+      <w:pPr>
+        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4C400F62" w14:textId="77777777" w:rsidR="00530167" w:rsidRDefault="00530167">
+      <w:pPr>
+        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="509B04D5" w14:textId="77777777" w:rsidR="00530167" w:rsidRDefault="00530167">
+      <w:pPr>
+        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="66153E3C" w14:textId="77777777" w:rsidR="00530167" w:rsidRDefault="00530167">
+      <w:pPr>
+        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5801825A" w14:textId="77777777" w:rsidR="00530167" w:rsidRDefault="00530167">
+      <w:pPr>
+        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4CF28884" w14:textId="77777777" w:rsidR="00530167" w:rsidRDefault="00530167">
+      <w:pPr>
+        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0F6C1748" w14:textId="77777777" w:rsidR="00530167" w:rsidRDefault="00530167">
+      <w:pPr>
+        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="40C5EB24" w14:textId="77777777" w:rsidR="00530167" w:rsidRDefault="00530167">
+      <w:pPr>
+        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="03DA9095" w14:textId="77777777" w:rsidR="00530167" w:rsidRDefault="00530167">
+      <w:pPr>
+        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:spacing w:before="14"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="183A9EC1" w14:textId="77777777" w:rsidR="008A1662" w:rsidRDefault="001736A0" w:rsidP="00DA13B4">
+      <w:pPr>
+        <w:pStyle w:val="Pavadinimas"/>
+        <w:spacing w:line="235" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:t>VILNIAUS</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A1662">
+        <w:t>DARŽELIO – MOKYKLOS ,,DAINORĖLIAI“</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72E9690F" w14:textId="247648A7" w:rsidR="00530167" w:rsidRDefault="001736A0" w:rsidP="00DA13B4">
+      <w:pPr>
+        <w:pStyle w:val="Pavadinimas"/>
+        <w:spacing w:line="235" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:t>DARBO TVARKOS TAISYKLĖS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F7068D8" w14:textId="77777777" w:rsidR="00530167" w:rsidRDefault="00530167" w:rsidP="00DA13B4">
+      <w:pPr>
+        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1673252D" w14:textId="77777777" w:rsidR="00530167" w:rsidRDefault="00530167">
+      <w:pPr>
+        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5A65E8D1" w14:textId="77777777" w:rsidR="00530167" w:rsidRDefault="00530167">
+      <w:pPr>
+        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="12A17FFB" w14:textId="77777777" w:rsidR="00530167" w:rsidRDefault="00530167">
+      <w:pPr>
+        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="58B782CB" w14:textId="77777777" w:rsidR="00530167" w:rsidRDefault="00530167">
+      <w:pPr>
+        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="132191F2" w14:textId="77777777" w:rsidR="00530167" w:rsidRDefault="00530167">
+      <w:pPr>
+        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="09E8AF7C" w14:textId="77777777" w:rsidR="00530167" w:rsidRDefault="00530167">
+      <w:pPr>
+        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3EA0CEDC" w14:textId="77777777" w:rsidR="00530167" w:rsidRDefault="00530167">
+      <w:pPr>
+        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3A2CAB35" w14:textId="77777777" w:rsidR="00530167" w:rsidRDefault="00530167">
+      <w:pPr>
+        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5EB0EF90" w14:textId="77777777" w:rsidR="00530167" w:rsidRDefault="00530167">
+      <w:pPr>
+        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="44E342F3" w14:textId="77777777" w:rsidR="00530167" w:rsidRDefault="00530167">
+      <w:pPr>
+        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5D8C43BC" w14:textId="77777777" w:rsidR="00530167" w:rsidRDefault="00530167">
+      <w:pPr>
+        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="690F6CDE" w14:textId="77777777" w:rsidR="00530167" w:rsidRDefault="00530167">
+      <w:pPr>
+        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0FD07E3B" w14:textId="77777777" w:rsidR="00530167" w:rsidRDefault="00530167">
+      <w:pPr>
+        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4C876165" w14:textId="77777777" w:rsidR="00530167" w:rsidRDefault="00530167">
+      <w:pPr>
+        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="00B02FDE" w14:textId="77777777" w:rsidR="00530167" w:rsidRDefault="00530167">
+      <w:pPr>
+        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:spacing w:before="353"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="022918C4" w14:textId="66EC1595" w:rsidR="00530167" w:rsidRDefault="001736A0">
+      <w:pPr>
+        <w:ind w:left="70" w:right="198"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Vilnius,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="008A1662">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DA7C4C2" w14:textId="77777777" w:rsidR="00530167" w:rsidRDefault="00530167">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00530167" w:rsidSect="00F06652">
+          <w:footerReference w:type="default" r:id="rId8"/>
+          <w:type w:val="continuous"/>
+          <w:pgSz w:w="11900" w:h="16850"/>
+          <w:pgMar w:top="1134" w:right="567" w:bottom="1134" w:left="1701" w:header="567" w:footer="567" w:gutter="0"/>
+          <w:cols w:space="1296"/>
+          <w:titlePg/>
+          <w:docGrid w:linePitch="299"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="28343C9A" w14:textId="77777777" w:rsidR="00530167" w:rsidRDefault="001736A0">
+      <w:pPr>
+        <w:spacing w:before="70"/>
+        <w:ind w:left="374"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>TURINYS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77059D4F" w14:textId="77777777" w:rsidR="00530167" w:rsidRDefault="001736A0">
+      <w:pPr>
+        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:spacing w:before="15"/>
+        <w:ind w:left="361"/>
+      </w:pPr>
+      <w:r>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>skyrius. Bendrosios</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>nuostatos.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D70D6D6" w14:textId="77777777" w:rsidR="00530167" w:rsidRDefault="001736A0">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="5096"/>
+          <w:tab w:val="left" w:pos="573"/>
         </w:tabs>
-        <w:spacing w:after="4" w:line="268" w:lineRule="auto"/>
+        <w:spacing w:before="55"/>
+        <w:ind w:left="573" w:hanging="212"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">                                                                   </w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>skyrius.</w:t>
       </w:r>
       <w:r>
-        <w:t>Vilniaus darželio - mokyklos „</w:t>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Darbuotojų</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="7"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>priėmimo</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="6"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>į</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>darbą</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>ir</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>atleidimo</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="7"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>iš</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="6"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>darbo</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>tvarka.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CEEA263" w14:textId="77777777" w:rsidR="00530167" w:rsidRDefault="001736A0">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="654"/>
+        </w:tabs>
+        <w:spacing w:before="82"/>
+        <w:ind w:left="654" w:hanging="293"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>skyrius.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Bendrosios</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>darbuotojų</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>pareigos</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>ir</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> teisės.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49D89737" w14:textId="77777777" w:rsidR="00530167" w:rsidRDefault="001736A0">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="672"/>
+        </w:tabs>
+        <w:spacing w:before="39"/>
+        <w:ind w:left="672" w:hanging="311"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>skyrius.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Darbuotojų</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>pareigybės.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="152DFE5D" w14:textId="77777777" w:rsidR="00530167" w:rsidRDefault="001736A0">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="672"/>
+        </w:tabs>
+        <w:spacing w:before="60"/>
+        <w:ind w:left="672" w:hanging="311"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>skyrius.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Darbo</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>ir</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>poilsio</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> laikas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2083E00C" w14:textId="4AFD2710" w:rsidR="00530167" w:rsidRDefault="001736A0">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="707"/>
+        </w:tabs>
+        <w:spacing w:before="50"/>
+        <w:ind w:left="707" w:hanging="346"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>skyrius.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="38"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Susipažinimo</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="42"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>su</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>darbo</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="39"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>laiko</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="38"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>apskaitos</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="41"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>žiniaraščiu</w:t>
+      </w:r>
+      <w:r w:rsidR="004C1BCD">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>tvarka.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E36F0EA" w14:textId="77777777" w:rsidR="00530167" w:rsidRDefault="001736A0">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="748"/>
+        </w:tabs>
+        <w:spacing w:before="36"/>
+        <w:ind w:left="748" w:hanging="387"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>skyrius.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Darbuotojų vertinimo ir</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>įsivertinimo</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tvarka.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CC548EE" w14:textId="77777777" w:rsidR="00530167" w:rsidRDefault="001736A0">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="830"/>
+        </w:tabs>
+        <w:spacing w:before="41"/>
+        <w:ind w:left="830" w:hanging="469"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>skyrius.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Darbuotojų</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>skatinimo</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>ir</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>drausminimo</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>tvarka.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="578B991E" w14:textId="77777777" w:rsidR="00530167" w:rsidRDefault="001736A0">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="707"/>
+        </w:tabs>
+        <w:spacing w:before="55" w:line="268" w:lineRule="auto"/>
+        <w:ind w:left="361" w:right="416" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>skyrius.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Naudojimosi</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>elektroniniu</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>paštu</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>ir</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>internetu</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>tvarka</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>bei</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>kompiuterinės</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">įrangos </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>naudojimas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="217DF8C1" w14:textId="77777777" w:rsidR="00530167" w:rsidRDefault="001736A0">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="593"/>
+        </w:tabs>
+        <w:spacing w:before="4"/>
+        <w:ind w:left="593" w:hanging="232"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>skyrius.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Lygių</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>galimybių</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>politikos</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>ir</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>vykdymo</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>priežiūros</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>principų</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>įgyvendinimo</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>tvarka.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78BCCA51" w14:textId="77777777" w:rsidR="00530167" w:rsidRDefault="001736A0">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:spacing w:before="48"/>
+        <w:ind w:left="720" w:hanging="359"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">skyrius. Ugdymo </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>organizavimas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DAA8D31" w14:textId="77777777" w:rsidR="00530167" w:rsidRDefault="001736A0">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="744"/>
+        </w:tabs>
+        <w:spacing w:before="55"/>
+        <w:ind w:left="744" w:hanging="383"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>skyrius.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Mokytojo</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>darbo</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>organizavimas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12F7961A" w14:textId="77777777" w:rsidR="00530167" w:rsidRDefault="001736A0">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="825"/>
+        </w:tabs>
+        <w:spacing w:before="46"/>
+        <w:ind w:left="825" w:hanging="464"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>skyrius.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Mokinių</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>elgesio</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>taisyklės.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F461C51" w14:textId="77777777" w:rsidR="00530167" w:rsidRDefault="001736A0">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="843"/>
+        </w:tabs>
+        <w:spacing w:before="50"/>
+        <w:ind w:left="843" w:hanging="482"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>skyrius.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Poveikio</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>priemonių</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>taikymas</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>netinkamai</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>besielgiantiems</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mokiniams.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FB92417" w14:textId="77777777" w:rsidR="00530167" w:rsidRDefault="001736A0">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="763"/>
+        </w:tabs>
+        <w:spacing w:before="56"/>
+        <w:ind w:left="763" w:hanging="402"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>skyrius.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Mokinių maitinimo </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>tvarka.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CAA904C" w14:textId="66435AE3" w:rsidR="00530167" w:rsidRDefault="001736A0">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:before="57" w:line="273" w:lineRule="auto"/>
+        <w:ind w:left="361" w:right="1542" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>skyrius.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Naudojimosi</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004C1BCD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Mokyklos</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>turtu</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>tvarka:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>patalpų</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>naudojimo</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tvarka; kopijavimo tvarka; </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="23"/>
+        </w:rPr>
+        <w:t>telefonų naudojimo tvarka; transporto naudojimo tvarka.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="366E9CE2" w14:textId="77777777" w:rsidR="00530167" w:rsidRDefault="001736A0">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="922"/>
+        </w:tabs>
+        <w:spacing w:line="244" w:lineRule="exact"/>
+        <w:ind w:left="922" w:hanging="561"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>skyrius.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Naudojimosi</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>biblioteka</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>tvarka.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C856BE2" w14:textId="1BE92330" w:rsidR="00530167" w:rsidRDefault="001736A0">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1130"/>
+        </w:tabs>
+        <w:spacing w:before="85"/>
+        <w:ind w:left="1130" w:hanging="769"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>skyrius.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Ugdymo</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>veiklos</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>planavimas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35889884" w14:textId="59F7B071" w:rsidR="00530167" w:rsidRDefault="001736A0">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="901"/>
+        </w:tabs>
+        <w:spacing w:before="79" w:line="213" w:lineRule="auto"/>
+        <w:ind w:left="361" w:right="453" w:firstLine="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>skyrius.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Informacijos</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>apie</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>ugdymo</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>veiklą</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>teikimas</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>naudojant</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>elektronines</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>ir kitas</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ryšio </w:t>
+      </w:r>
+      <w:r>
+        <w:t>priemones.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="544FCA82" w14:textId="4E5BE473" w:rsidR="00530167" w:rsidRDefault="001736A0">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="765"/>
+        </w:tabs>
+        <w:spacing w:before="44"/>
+        <w:ind w:left="765" w:hanging="404"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>skyrius.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Lankymosi</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A1662">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Mokykloje </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>tvarka.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1418ACCE" w14:textId="77777777" w:rsidR="00530167" w:rsidRDefault="001736A0">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="844"/>
+        </w:tabs>
+        <w:spacing w:before="38"/>
+        <w:ind w:left="844" w:hanging="483"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>skyrius.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Prašymų</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>ir</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>skundų</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>nagrinėjimo</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>tvarka.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11AA0A92" w14:textId="77777777" w:rsidR="00530167" w:rsidRDefault="001736A0">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="935"/>
+        </w:tabs>
+        <w:spacing w:before="55"/>
+        <w:ind w:left="935" w:hanging="574"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>skyrius.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Kvalifikacijos</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="10"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>tobulinimas</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="11"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>ir</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="10"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>patirties</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="8"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>sklaidos</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="11"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>tvarka.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74DA2B26" w14:textId="7297EC15" w:rsidR="00530167" w:rsidRPr="003617A2" w:rsidRDefault="001736A0" w:rsidP="003617A2">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="990"/>
+        </w:tabs>
+        <w:spacing w:before="84"/>
+        <w:ind w:left="990" w:hanging="629"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>skyrius.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Baigiamosios</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>nuostatos.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70B65906" w14:textId="6B80008C" w:rsidR="00530167" w:rsidRDefault="00BF2714">
+      <w:pPr>
+        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:ind w:left="359"/>
+      </w:pPr>
+      <w:r>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0">
+        <w:t>V.1</w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0">
+        <w:rPr>
+          <w:spacing w:val="51"/>
+          <w:w w:val="150"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0">
+        <w:t>skyriaus</w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>priedas</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E821DB6" w14:textId="77777777" w:rsidR="00530167" w:rsidRDefault="00530167">
+      <w:pPr>
+        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:sectPr w:rsidR="00530167" w:rsidSect="00EE348A">
+          <w:pgSz w:w="11900" w:h="16850"/>
+          <w:pgMar w:top="1134" w:right="567" w:bottom="1134" w:left="1701" w:header="567" w:footer="567" w:gutter="0"/>
+          <w:cols w:space="1296"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="00BAA391" w14:textId="3397E807" w:rsidR="00530167" w:rsidRDefault="001736A0" w:rsidP="00895059">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="938"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">I SKYRIUS </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>BENDROSIOS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>NUOSTATOS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65AD2829" w14:textId="77777777" w:rsidR="00895059" w:rsidRPr="00895059" w:rsidRDefault="00895059" w:rsidP="00895059">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="938"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="132199FE" w14:textId="52C9FA52" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="008A1662" w:rsidP="007439C7">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="568"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="424"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Vilniaus darželio – mokyklos ,,Dainorėliai“ (toliau -  Mokykla) darbo tvarkos taisyklės – Mokyklos bendruomenės darbą reglamentuojantis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>dokumentas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Jos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>apibrėžia</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>bendruosius</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>darbo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>santykių</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>principus,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>elgesio</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>normas ir yra privalomos visai Mokyklos bendruomenei.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B1D4E1D" w14:textId="2B9CCA11" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="007439C7">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="568"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="568" w:hanging="142"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Taisyklės</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>reglamentuoja nuostatais</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nedetalizuotas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A1662" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokyklos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>veiklos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sritis.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E4A6D49" w14:textId="0CC92DB4" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="008A1662" w:rsidP="007439C7">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="568"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="424"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokykla savo veiklą grindžia Lietuvos Respublikos Konstitucija, Švietimo įstatymu, Lietuvos Respublikos Vyriausybės nutarimais, Švietimo ir mokslo ministerijos, Vilniaus miesto savivaldybės norminiais aktais, Mokyklos  nuostatais.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="084F7B4D" w14:textId="1A73D99E" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="007439C7">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="568"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="424"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ugdymo procese </w:t>
+      </w:r>
+      <w:r w:rsidR="008A1662" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokykla</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vadovaujasi Švietimo ir mokslo ministerijos patvirtintais bendraisiais ugdymo planais, bendrosiomis programomis ir išsilavinimo </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>standartais.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C39F8E2" w14:textId="42116A8C" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="008A1662" w:rsidP="007439C7">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="568"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="568" w:hanging="142"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokyklai</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>vadovauja</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>direktorius,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kurį</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>skiria</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ir</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>atleidžia</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokyklos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>steigėjas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D55C404" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="00530167" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1E4DB382" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00895059">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="6"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">II </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>SKYRIUS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25EC44D7" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00895059">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="8"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>DARBUOTOJŲ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PRIĖMIMO</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Į</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>DARBĄ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>IR</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ATLEIDIMO</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>IŠ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>DARBO</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>TVARKA</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7419B1F0" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="00530167" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="18CC291E" w14:textId="0800B4E5" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="007439C7">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="568"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="424"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Darbuotojus į darbą priima ir iš darbo atleidžia </w:t>
+      </w:r>
+      <w:r w:rsidR="008A1662" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokyklos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> direktorius, vadovaudamasis Lietuvos Respublikos darbo kodekso</w:t>
+      </w:r>
+      <w:r w:rsidR="00B52075">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nustatyta tvarka. Priimamas į darbą asmuo pateikia asmens tapatybę patvirtinantį dokumentą</w:t>
+      </w:r>
+      <w:r w:rsidR="00B52075">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>išsimokslinimą,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>profesinį</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pasirengimą,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sveikatos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>būklę</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>patvirtinančius</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>dokumentus</w:t>
+      </w:r>
+      <w:r w:rsidR="00232B38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, QR kodo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>bei rekomendaciją (direktoriui prašant).</w:t>
+      </w:r>
+      <w:r w:rsidR="0030670F" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B523126" w14:textId="796178E6" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="007439C7">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="568"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="424"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Priimami</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>į</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>darbą</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>asmenys</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>įsipareigoja</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>dirbti</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tam</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tikros</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>profesijos,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>specialybės,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kvalifikacijos darbą</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002724E4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="0030670F" w:rsidRPr="002724E4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">laikydamiesi </w:t>
+      </w:r>
+      <w:r w:rsidR="008A1662" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokyklos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> darbo tvarkos taisyklėms.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B34630F" w14:textId="38CB976D" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="007439C7">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="568"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="424"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokytojų darbo krūvis (pamokų skaičius per savaitę) gali keistis dėl objektyvių priežasčių (pakitus</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>klasių</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>komplektų</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>skaičiui,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ugdymo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>planui</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>arba</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>abipusiu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mokytojo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ir</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A1662" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokyklos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>vadovo susitarimu (raštu).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33C911CA" w14:textId="22CDEA30" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="007439C7">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="568"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="424"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Priimtas į darbą darbuotojas susipažįsta su būtinosiomis darbo sutarties sąlygomis (darbo funkcija, darbo apmokėjimo sąlygos ir darbovietė), pasirašo darbo sutartį, susipažįsta (pasirašant) su darbo tvarkos taisyklėmis, pareigybės aprašu, išklauso darbo saugos, civilinės saugos instruktažus (pasirašo), užpildo darbuotojo asmens kortelę raštinėje, parašo prašymą buhalterijai, kuriame nurodo banko sąskaitą. Visi </w:t>
+      </w:r>
+      <w:r w:rsidR="008A1662" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Mokyklos </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> darbuotojai supažindinami su </w:t>
+      </w:r>
+      <w:r w:rsidR="008A1662" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Mokykloje </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> galiojančiomis tvarkomis: informacinių ir komunikacinių technologijų</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>naudojimo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>bei</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>darbuotojų</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>stebėsenos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ir</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kontrolės</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>darbo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>vietoje</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tvarka,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>lygių</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>galimybių politikos įgyvendinimo tvarka, reagavimo į smurtą ir</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>patyčias tvarka, asmens duomenų tvarkymo politika ir kt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43BC35F8" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="007439C7">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="568"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="568" w:hanging="284"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Darbo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sutartis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>įsigalioja</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>darbuotojui</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pradėjus</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>dirbti.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="266F3ECA" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="007439C7">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="568"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="282"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Pasirašydamas darbo sutartį darbuotojas sutinka, kad teisės aktų nustatyta tvarka ir darbo santykių valdymo tikslais darbdavys turi teisę kaupti ir valdyti darbuotojo asmens duomenis. Darbuotojų</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>asmens</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>duomenų</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tvarkymą</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nustato</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>direktoriaus</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>įsakymu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>patvirtinta</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>„Asmens</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>duomenų tvarkymo politika“.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7ABF9BA3" w14:textId="4C407517" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="007439C7">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="568"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="282"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Kiekvienas </w:t>
+      </w:r>
+      <w:r w:rsidR="008A1662" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Mokyklos </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> darbuotojas yra atsakingas už savo asmeninių duomenų (šeimyninės padėties, vaiko gimimo, išsilavinimo, asmeninių dokumentų, adreso, kontaktinių duomenų irt.t.) pasikeitimo atnaujinimą laiku ir dokumentų, susijusių su pasikeitimais, pristatymą</w:t>
+      </w:r>
+      <w:r w:rsidR="0090163E" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00687653" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokyklos</w:t>
+      </w:r>
+      <w:r w:rsidR="00687653" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00687653" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>administratorei.</w:t>
+      </w:r>
+      <w:r w:rsidR="00687653" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00687653" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Asmeninė</w:t>
+      </w:r>
+      <w:r w:rsidR="00687653" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00687653" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>informacija</w:t>
+      </w:r>
+      <w:r w:rsidR="00687653" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00687653" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>apie</w:t>
+      </w:r>
+      <w:r w:rsidR="00687653" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00687653" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>darbuotoją</w:t>
+      </w:r>
+      <w:r w:rsidR="00687653" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00687653" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>naudojama</w:t>
+      </w:r>
+      <w:r w:rsidR="00687653" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00687653" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>visoms</w:t>
+      </w:r>
+      <w:r w:rsidR="00687653" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00687653" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Mokyklos </w:t>
+      </w:r>
+      <w:r w:rsidR="00687653" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>veikloms.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23C2C2B7" w14:textId="2C1F921E" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="007439C7">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="568"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="282"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Darbo užmokestis </w:t>
+      </w:r>
+      <w:r w:rsidR="00687653" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokyklos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> darbuotojams mokamas du kartus per mėnesį, pervedant į jų</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nurodytas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sąskaitas.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Vieną</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kartą</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>per</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mėnesį</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>darbo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>užmokestis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>gali</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>būti</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mokamas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tik darbuotojui pateikus prašymą raštu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01B49BC2" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="007439C7">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="568"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="282"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Atleidžiant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>darbuotoją,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>laikomasi Lietuvos Respublikos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>darbo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kodekso</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ir</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">kolektyvinės </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>sutarties nuostatų.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08C81A93" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="007439C7">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="568"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="568" w:hanging="284"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Darbo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>santykių</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pasibaigimo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>diena</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>yra</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>paskutinė</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>darbuotojo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>darbo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>diena.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FB03C9D" w14:textId="6A6F380C" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="007439C7">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="568"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="282"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nutraukdamas darbo santykius su </w:t>
+      </w:r>
+      <w:r w:rsidR="0090163E" w:rsidRPr="00232B38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokykla</w:t>
+      </w:r>
+      <w:r w:rsidR="0090163E" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ar išeidamas motinystės (tėvystės) ir vaiko priežiūros</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>atostogų,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ne</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>vėliau</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kaip</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>paskutinę</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>darbo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>dieną</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>darbuotojas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>privalo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>visiškai</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>atsiskaityti</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">su </w:t>
+      </w:r>
+      <w:r w:rsidR="00687653" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokykla</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>t.y</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. grąžinti materialines ir kitas vertybes ir visas turėtas darbo priemones direktoriaus pavaduotojui ūkiui, atsiskaityti su biblioteka, susitvarkyti reikiamus dokumentus.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2712413F" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="00530167" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="025DDFF0" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00895059">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="43"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">III </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>SKYRIUS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5627CC9E" w14:textId="24256544" w:rsidR="00182A88" w:rsidRDefault="001736A0" w:rsidP="002724E4">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="37"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PAGRINDINĖS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>DARBUOTOJŲ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidR="002724E4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>AREIGOS IR TEISĖS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6664A9B1" w14:textId="4FE1B84B" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="00182A88" w:rsidP="00895059">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="37"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
-        <w:t>Dainorėliai</w:t>
-[...7 lines deleted...]
-      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>AREIGOS</w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>IR</w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>TEISĖS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3ECECB49" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="00530167" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1E599427" w14:textId="05DDBF01" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="00687653" w:rsidP="007439C7">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="5096"/>
+          <w:tab w:val="left" w:pos="568"/>
         </w:tabs>
-        <w:spacing w:after="4" w:line="268" w:lineRule="auto"/>
-[...1484 lines deleted...]
-      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="568" w:hanging="284"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Mokyklos darbuotojai </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>privalo:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D954D78" w14:textId="4FA581DF" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:hanging="849"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>laikytis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>darbo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tvarkos</w:t>
+      </w:r>
+      <w:r w:rsidR="00232B38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ir </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>drausmės;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13C9E25E" w14:textId="6FDA22A4" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="285" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">vykdyti </w:t>
+      </w:r>
+      <w:r w:rsidR="00687653" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokyklos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>administracijos ir savo tiesioginio vadovo teisėtus nurodymus</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ir pavedimus, nustatytus darbo sutartyse;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42FDE7AC" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:hanging="849"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>laikytis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>darbuotojų</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>saugos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ir</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sveikatos,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>gaisrinės</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>saugos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>instrukcijų</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>reikalavimų;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21AD7BD1" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:hanging="849"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tikrintis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sveikatą</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>vieną</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kartą</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>per</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>metus ir</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pateikti</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">sveikatos </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pasą;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1773BB99" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:hanging="849"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>laikytis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nustatytos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>materialinių</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>vertybių</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ir</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>dokumentų</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>saugojimo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tvarkos;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DF098AD" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="285" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>efektyviai naudoti įrenginius, ekonomiškai ir racionaliai naudoti medžiagas, elektros energiją bei kitus materialinius išteklius; nesinaudoti ir neleisti naudotis su darbu susijusia informacija kitokia tvarka ir mastu, nei nustato įstatymai ir kiti teisės aktai;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="221DF240" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:hanging="849"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>laikytis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>visuotinai</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>priimtų</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>elgesio</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>normų</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ir</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tarpusavio</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>santykių</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> reikalavimų;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71E34D13" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="285" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">vykdyti civilinės saugos parengties ekstremalioms situacijoms plane nurodytas </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pareigas;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3810CB36" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="285" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nenaudoti, nekopijuoti, nediegti, nesiųsti ir neplatinti darbo vietoje nelegalios kompiuterinės programinės įrangos ir autorių teises pažeidžiančių kūrinių;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7750B373" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:hanging="849"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>vykdyti</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pareigybės</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>aprašų</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>reikalavimus.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E014500" w14:textId="548C1FE9" w:rsidR="00530167" w:rsidRPr="002724E4" w:rsidRDefault="00687653" w:rsidP="007439C7">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="568"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="282"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002724E4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokyklos darbuotojai turi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002724E4">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002724E4">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>teisę:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41C10584" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:hanging="849"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>gauti</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>įstatymų</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ir</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kitų</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>teisės</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>aktų</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nustatytą</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>darbo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>užmokestį;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24FD5DD0" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:hanging="849"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kelti</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kvalifikaciją;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2704CBA2" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:hanging="849"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>naudotis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>darbo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kodekso</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ir</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kitų</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>įstatymų</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>numatytomis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> atostogomis;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E04BBDF" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:hanging="849"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>gauti</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>paskatinimus</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ir</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>apdovanojimus;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16A858CB" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:hanging="849"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>naudotis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>įstatymų</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ir</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kitų</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>teisės</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>aktų</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nustatytomis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>socialinėmis ir</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">kitomis </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>garantijomis</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5363241C" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="285" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>reikalauti,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kad</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>būtų tinkamai</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ir saugiai</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>įrengta</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>darbo vieta, suteiktos reikalingos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">darbui </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>priemonės;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D6D2123" w14:textId="118EAB09" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:hanging="849"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>gauti</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>iš</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00687653" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokyklos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>informaciją, susijusią</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>su</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>jo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>darbo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>santykiais;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68821A96" w14:textId="170B1ED7" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00D2577A">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:hanging="849"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00530167" w:rsidRPr="00895059" w:rsidSect="00EE348A">
+          <w:pgSz w:w="11900" w:h="16850"/>
+          <w:pgMar w:top="1134" w:right="567" w:bottom="1134" w:left="1701" w:header="567" w:footer="567" w:gutter="0"/>
+          <w:cols w:space="1296"/>
+        </w:sectPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kreiptis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>raštu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>į</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00687653" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokyklos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>administraciją</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>darbo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sutarties</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>klausimais.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6242E6B3" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00036FB7">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="325"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="325" w:hanging="325"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>SKYRIUS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B9944AF" w14:textId="786B881B" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="00687653" w:rsidP="00036FB7">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>MOKYKLOS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>DARBUOTOJŲ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PAREIGYBĖS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01ECB762" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="00530167" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7143DADA" w14:textId="16E48FD5" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="00687653" w:rsidP="007439C7">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="568"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="568" w:hanging="284"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokyklos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>direktoriaus</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>įsakymu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tvirtinamas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>darbuotojų</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pareigybių</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sąrašas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="532FDC80" w14:textId="4F1F78CD" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="00687653" w:rsidP="007439C7">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="568"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="282"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Mokyklos direktoriaus įsakymu tvirtinami Mokyklos darbuotojų pareigybių aprašai. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Juose nurodoma: pareigybės grupė, pareigybės pavadinimas, pareigybės lygis, specialūs reikalavimai keliami šias pareigas einančiam darbuotojui (išsilavinimas, darbo patirtis, profesinė kvalifikacija, pareigybei priskirtos funkcijos).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E2AFC47" w14:textId="742ECB82" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="00687653" w:rsidP="007439C7">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="568"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="568" w:hanging="284"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokyklos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>darbuotojai</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pasirašytinai</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>supažindinti</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>su</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pareigybės</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>aprašu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="021D3193" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="00530167" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3C619F91" w14:textId="77777777" w:rsidR="00745043" w:rsidRPr="00895059" w:rsidRDefault="00745043" w:rsidP="00895059">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4425"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">V </w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>SKYRIUS</w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35037898" w14:textId="3995A181" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00895059">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4425"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>DARBO</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>IR</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>POILSIO</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>LAIKAS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61362ECB" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="00530167" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="76AE0ED7" w14:textId="0F2868AF" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="007439C7">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="568"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="568" w:hanging="284"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Darbuotojai</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>privalo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>laikytis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00687653" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokykloje</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nustatyto</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>darbo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ir</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>poilsio</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>režimo.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="497D72EF" w14:textId="77777777" w:rsidR="004F574C" w:rsidRDefault="00687653" w:rsidP="00901CAD">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Mokykloje taikoma 5 darbo dienų savaitė. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F6F63FD" w14:textId="28054F0B" w:rsidR="004F574C" w:rsidRDefault="004F574C" w:rsidP="00901CAD">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Pradinių klasių m</w:t>
+      </w:r>
+      <w:r w:rsidR="00687653" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">okytojai dirba pagal pamokų paskirstymą, </w:t>
+      </w:r>
+      <w:r w:rsidR="002724E4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nepedagoginiai </w:t>
+      </w:r>
+      <w:r w:rsidR="00687653" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>darbuotojai 40 darbo valandų per savaitę su dviem poilsio dienomis (šeštadienis ir sekmadienis)</w:t>
+      </w:r>
+      <w:r w:rsidR="002724E4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00812E41" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78B8BD1A" w14:textId="623B7E76" w:rsidR="004F574C" w:rsidRPr="004F574C" w:rsidRDefault="00812E41" w:rsidP="00901CAD">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F574C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokyto</w:t>
+      </w:r>
+      <w:r w:rsidR="004F574C" w:rsidRPr="004F574C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>jų</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F574C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, dirban</w:t>
+      </w:r>
+      <w:r w:rsidR="004F574C" w:rsidRPr="004F574C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>čių</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F574C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pagal ikimokyklinio ugdymo programą</w:t>
+      </w:r>
+      <w:r w:rsidR="004F574C" w:rsidRPr="004F574C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F574C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>darbo laikas per savaitę yra 36 valandos, iš jų 30 valandų skiriama tiesioginiam darbui su mokiniais, 6 valandos – netiesioginiam darbui su mokiniais (darbams planuoti, dokumentams, susijusiems su ugdymu, rengti, bendradarbiauti su mokytojais, tėvais (globėjais) ugdymo klausimais ir kt.).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47694C75" w14:textId="52901534" w:rsidR="004F574C" w:rsidRPr="004F574C" w:rsidRDefault="00E65297" w:rsidP="00901CAD">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F574C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokytojų, dirbančių pagal priešmokyklinio ugdymo programą, darbo laikas per savaitę yra 36 valandos, iš jų 30 valandų skiriama tiesioginiam darbui su mokiniais, 6 valandos – netiesioginiam darbui su mokiniais (darbams planuoti, dokumentams, susijusiems su ugdymu, rengti, bendradarbiauti su mokytojais, tėvais (globėjais) ugdymo klausimais ir kt.).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51998760" w14:textId="7C8A4820" w:rsidR="00E65297" w:rsidRPr="004F574C" w:rsidRDefault="004F574C" w:rsidP="00901CAD">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F574C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="00E65297" w:rsidRPr="004F574C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>pecialiųjų pedagogų, logopedų</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F574C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00E65297" w:rsidRPr="004F574C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>dirbančių su ikimokyklinio ir priešmokyklinio amžiaus vaikais, – 36 valandos, iš jų 22 valandos skiriamos tiesioginiam darbui su vaikais</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F574C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E65297" w:rsidRPr="004F574C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>(vaikų, mokinių specialiesiems ugdymosi poreikiams įvertinti, specialiosioms pratyboms vesti), 14 valandų – netiesioginiam darbui su vaikais, mokiniais (veikloms planuoti ir joms pasirengti, dokumentams rengti, bendradarbiauti su mokytojais, kitais ugdymo procese dalyvaujančiais asmenimis, vaikų, mokinių tėvais (globėjais, rūpintojais) ugdymo ir (ar) švietimo pagalbos klausimais ir kt.);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09EB61A5" w14:textId="252353FA" w:rsidR="00E65297" w:rsidRPr="004F574C" w:rsidRDefault="004F574C" w:rsidP="00895059">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="part_3e9dfeae80cd427ba78e6c7ab4587697"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="004F574C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00901CAD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="004F574C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="00E65297" w:rsidRPr="004F574C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>pecialiųjų pedagogų, logopedų, dirbančių su mokyklinio amžiaus vaikais, – 36 valandos, iš jų 18 valandų skiriama tiesioginiam darbui su vaikais, mokiniais (vaikų, mokinių specialiesiems ugdymosi poreikiams įvertinti, specialiosioms pratyboms vesti), 18 valandų – netiesioginiam darbui su vaikais, mokiniais (veikloms planuoti ir joms pasirengti, dokumentams rengti</w:t>
+      </w:r>
+      <w:r w:rsidR="00E65297" w:rsidRPr="004F574C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>, </w:t>
+      </w:r>
+      <w:r w:rsidR="00E65297" w:rsidRPr="004F574C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>bendradarbiauti su mokytojais, kitais ugdymo procese dalyvaujančiais asmenimis, vaikų, mokinių tėvais (globėjais, rūpintojais) ugdymo ir (ar) švietimo pagalbos klausimais</w:t>
+      </w:r>
+      <w:r w:rsidR="00E65297" w:rsidRPr="004F574C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E65297" w:rsidRPr="004F574C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>ir kt.);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E7C39EE" w14:textId="58518DD9" w:rsidR="00530167" w:rsidRPr="004F574C" w:rsidRDefault="004F574C" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="568"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F574C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         P</w:t>
+      </w:r>
+      <w:r w:rsidR="00E65297" w:rsidRPr="004F574C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">sichologų asistentų, psichologų, socialinių pedagogų darbo laikas per savaitę yra 36 valandos. Ne daugiau kaip 60 procentų šių darbuotojų darbo laiko </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F574C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>yra skirtas kontaktiniam darbui su mokiniais,</w:t>
+      </w:r>
+      <w:r w:rsidR="00E65297" w:rsidRPr="004F574C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o kita jų darbo laiko dalis skiriama netiesioginiam švietimo pagalbos darbui: veikloms planuoti ir joms pasirengti, dokumentams rengti, bendradarbiauti su mokytojais, vaikų, mokinių tėvais (globėjais, rūpintojais), kitais asmenimis ugdymo ir (arba) švietimo pagalbos klausimais ir kt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EC7219F" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00901CAD">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="568"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="282"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F574C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Darbuotojas ir darbdavys darbo sutartyse su atskirais darbuotojais gali susitarti dėl kitų</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F574C">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F574C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">darbo </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>režimų taikymo, kurie yra nurodyti Darbo kodekso 113 straipsnyje.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4861B983" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00901CAD">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="568"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="282"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Pietų</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pertraukos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>laikas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>dėl</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>darbo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>specifikos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nėra</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pastovus,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tačiau</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pietų</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pertrauka</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>suteikiama ne vėliau kaip po penkių darbo valandų ir ne trumpesnė nei 30 minučių.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6816ADE1" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00664C02">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="568"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="282"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Darbuotojų, dirbančių naktį, išdirbtų valandų suma negali viršyti 40 darbo valandų per </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>savaitę.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49198208" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00664C02">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="568"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="282"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Darbo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>grafikai</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(sargams,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>valytojoms)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sudaromi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ir</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>skelbiami</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ne</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>vėliau,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nei</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>likus</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>dienoms</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>iki jų įsigaliojimo.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="729E38F5" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00664C02">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="568"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="282"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Darbuotojai, negalintys laiku atvykti ar visai negalintys atvykti į darbą, apie tai nedelsdami, bet</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ne</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>vėliau</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kaip</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>iki</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>darbo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>dienos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pradžios,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>turi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>informuoti</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>savo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tiesioginį</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>vadovą,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nurodydami vėlavimo ar neatvykimo į darbą priežastis. Dėl laikino nebuvimo darbo vietoje dėl asmeninių priežasčių (daugiau nei 1 valandą) darbuotojai turi gauti savo tiesioginio vadovo žodinį leidimą.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3AFBF6DB" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00664C02">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="568"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="282"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Laikino nedarbingumo atveju darbuotojas privalo informuoti apie tai tiesioginį vadovą (pedagoginiai darbuotojai – direktoriaus pavaduotoją ugdymui, aplinkos personalas – direktoriaus pavaduotoją ūkiui).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F3A001B" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00664C02">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="568"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="568" w:hanging="284"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Darbuotojams</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>taikomos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>šios</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>poilsio</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>laiko</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>rūšys:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F22EFC4" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="285" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pietų</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pertrauka</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pailsėti</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ir</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pavalgyti</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>suteikiama</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ne</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>vėliau</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kaip</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>po</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>penkių</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>valandų</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>darbo, per ją darbuotojas gali palikti darbovietę;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A54F1AC" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1194"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="1194" w:hanging="909"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>fiziologinės</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pertraukos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>– pagal</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>darbuotojo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> poreikį;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47C80131" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="285" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>specialiosios</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pertraukos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pailsėti</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>darbo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>dienos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>metu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>taikomos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>darbuotojams,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>dirbantiems lauko sąlygomis;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5EE286FF" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1194"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="1194" w:hanging="909"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>paros</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nepertraukiamas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>poilsis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tarp</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>darbo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>dienų;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3361C871" w14:textId="0A2AF28A" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="285" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kasmetinis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>poilsio</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>laikas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(švenčių</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>dienos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Darbo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kodekse</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>numatytos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kaip</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nedarbo</w:t>
+      </w:r>
+      <w:r w:rsidR="00BF48F1" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">dienos, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>atostogos);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53282B77" w14:textId="5BAA904C" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1194"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="1194" w:hanging="909"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tikslinės</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>atostogos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ir</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nemokamas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">laisvas </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>laikas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2118EEF4" w14:textId="1B373918" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00664C02">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="568"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="282"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pedagoginiam ir aptarnaujančiam personalui kasmetinės atostogos suteikiamos vasaros metu pagal iš anksto paruoštą, suderintą su </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F574C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">profesine sąjunga ir </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">direktoriaus patvirtintą atostogų grafiką ir kitu laiku, atsižvelgus į darbuotojo pageidavimą bei </w:t>
+      </w:r>
+      <w:r w:rsidR="0036513B" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokyklos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> galimybes. Išimties tvarka, esant svarbiai situacijai, nemokamos atostogos darbuotojams teikiamos mokslo metų eigoje pagal Darbo kodeksą.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A9A1AB2" w14:textId="77777777" w:rsidR="008B7493" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00664C02">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="568"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="282"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokytojams ir specialistams suteikiamos ne mažiau kaip 40 darbo dienų pailgintos kasmetinės</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>atostogos,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>aplinkos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>personalui –</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ne</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mažiau</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kaip</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>darbo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>dienų minimalios kasmetinės atostogos,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>neįgaliems</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>darbuotojams</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>25</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>darbo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>dienų</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pailgintos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ir</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>papildomos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kasmetinės</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>atostogos (už nepertraukiamą darbo stažą).</w:t>
+      </w:r>
+      <w:r w:rsidR="008B7493" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44C7A682" w14:textId="5263D2C8" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00664C02">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="568"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="282"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Darbo dienos metu darbuotojo prašymu ir darbdavio sutikimu šalių suderintu metu suteikiamas nemokamas laisvas laikas darbuotojo asmeniniams poreikiams tenkinti.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40B7FE17" w14:textId="779988F0" w:rsidR="00530167" w:rsidRPr="004F574C" w:rsidRDefault="00530167" w:rsidP="004F574C">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="00E14A31" w14:textId="0E37BC58" w:rsidR="00530167" w:rsidRPr="0076526D" w:rsidRDefault="0076526D" w:rsidP="0076526D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4496"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="4019"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">VI </w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="0076526D">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>SKYRIUS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DE7E243" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00895059">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="585"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>SUSIPAŽINIMO</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>SU</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>DARBO</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>LAIKO</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>APSKAITOS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ŽINIARAŠČIU</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>TVARKA</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23E0017B" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="00530167" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="63A58228" w14:textId="6596D0F2" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00664C02">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="568"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="282"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Darbo laiko apskaitos žiniaraščių pildymo tvarka patvirtinta </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF7CB0" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokyklos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> direktoriaus </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>įsakymu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F7F1464" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00664C02">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="568"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="282"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Į darbo laiko apskaitos žiniaraštį įtraukiami darbuotojo faktiškai dirbti viršvalandžiai, darbo laikas švenčių dieną, darbo laikas poilsio dieną, jeigu jis nenustatytas pagal grafiką, darbo laikas naktį, darbo laikas pagal susitarimą dėl papildomo darbo.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="293E34B2" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00664C02">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="568"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="282"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Darbo laiko apskaita tvarkoma patvirtintos formos darbo laiko apskaitos žiniaraščiuose,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kurie gali būti pildomi ir saugomi elektroniniu būdu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52784783" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00664C02">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="568"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="282"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Darbo laiko apskaitą tvarko direktoriaus pavaduotoja ugdymui (pedagoginio personalo) ir pavaduotoja ūkiui (aplinkos personalui).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B5C44EE" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00664C02">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="568"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="282"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Darbuotojas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>turi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>teisę</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>susipažinti</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>su</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>savo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>darbo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>laiko</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>apskaita</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ir</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>reikalauti</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>gauti</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>darbo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>laiko apskaitos žiniaraščio išrašą</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DCD3E38" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="00530167" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="55D8C994" w14:textId="4DB801B5" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="0076526D" w:rsidP="00036FB7">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="425"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="425"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">VII </w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>SKYRIUS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78BA076E" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00036FB7">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="6"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>DARBUOTOJŲ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ĮSIVERTINIMO</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>IR</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>VERTINIMO</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>TVARKA</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13BC10E8" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="00530167" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="30E15732" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00664C02">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="568"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="282"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Kiekvienas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>darbuotojas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>savo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>darbą</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>vertina</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nuolat</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ir</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>stengiasi,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kad</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>jis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>būtų</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>atliktas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kokybiškai.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FDAD482" w14:textId="7291FE6D" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00664C02">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="568"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="282"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Darbuotojų</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="32"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>grupės</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="35"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ar</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="31"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>atskiri</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="32"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>darbuotojai,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="32"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>išvardinti</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="33"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>šių</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="30"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>taisyklių</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="33"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>skyriuje</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="29"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>„</w:t>
+      </w:r>
+      <w:r w:rsidR="0036513B" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokyklos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> veiklos planavimas“, kasmet analizuoja savo veiklos planų vykdymą.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="191753AC" w14:textId="787E0378" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00664C02">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="568"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="282"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Visa</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0036513B" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokyklos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>veikla</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(ar</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>atskira</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sritis)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>vertinama</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>atliekant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0036513B" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokyklos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>veiklos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>įsivertinimą.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2EF1BC29" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00664C02">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="568"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="282"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Darbuotojų (A, B, C lygių) vertinimas atliekamas kiekvienais mokslo metais iki</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-23"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>rugpjūčio 31 d., jei teisės aktai nenumato kitaip.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0ACC4019" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="00530167" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="58C3B255" w14:textId="48BA2545" w:rsidR="00530167" w:rsidRPr="0076526D" w:rsidRDefault="0076526D" w:rsidP="00036FB7">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4565"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">VIII </w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="0076526D">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>SKYRIUS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="669D4A02" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00895059">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="1559"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>DARBUOTOJŲ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>SKATINIMO</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>IR</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>DRAUSMINIMO</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>TVARKA</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B2D147B" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="00530167" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4B777FC9" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00664C02">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="568"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="282"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Sąžiningai,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>profesionaliai,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>drausmingai</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>dirbantiems</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>darbuotojams</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>gali</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>būti</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>taikomos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>šios skatinimo priemonės:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="426E1856" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="568"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:hanging="283"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>padėka</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(žodžiu,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>raštu);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F1067C0" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="568"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:hanging="283"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>materialinės</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>dovanos;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5368ED5E" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="568"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:hanging="283"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>piniginės</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>premijos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(jei</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>yra</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>galimybė).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B6706F6" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00664C02">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="568"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="282"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Aplaidiems,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nerūpestingai</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>atliekantiems</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>savo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pareigas,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>jų</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nevykdantiems</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>darbuotojams gali būti taikomos DK numatytos drausminės nuobaudos:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A830713" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
-        <w:ind w:hanging="480"/>
-[...6 lines deleted...]
-      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="568"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>įspėjimas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="71"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>daugiau</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="71"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="71"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nedaryti,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="72"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kuris</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="71"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>paprastai</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="74"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>įforminamas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="73"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>raštu,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="72"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nurodant,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="72"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>už</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="70"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ką</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="70"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>yra skiriamas įspėjimas, ir tai , kad vėl pasielgus taip pat, gali būti nutraukta darbo sutartis;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FB3398B" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="568"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="568" w:hanging="283"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>atleidimas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>iš</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>darbo.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29B37AF0" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="00530167" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6580232D" w14:textId="6F637B46" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00895059">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="57"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>IX</w:t>
+      </w:r>
+      <w:r w:rsidR="00667172" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>SKYRIUS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FD254F4" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00895059">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>NAUDOJIMOSI</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ELEKTRONINIU</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PAŠTU</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>IR</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>INTERNETU</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>TVARKA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>BEI KOMPIUTERINĖS ĮRANGOS NAUDOJIMAS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43120C27" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="00530167" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="26690338" w14:textId="20901A2A" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00664C02">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="568"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="282"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Informacinių ir komunikacinių technologijų naudojimo tvarką </w:t>
+      </w:r>
+      <w:r w:rsidR="00D43272" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Mokykloje </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nustato direktoriaus įsakymu patvirtinta „Darbuotojų stebėsenos ir kontrolės darbo vietoje tvarka“. Darbuotojai su ja supažindinami pasirašytinai.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25AD4706" w14:textId="14DA7CA8" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00664C02">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="568"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="282"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Elektroninio</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pašto</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ir</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>interneto</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>resursai</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>priklauso</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D43272" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokyklai</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ir</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>skirti</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tik</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>darbo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">funkcijoms vykdyti. </w:t>
+      </w:r>
+      <w:r w:rsidR="008A1662" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokyklos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> darbuotojams naudojant elektroninio pašto ir interneto resursus asmeniniams tikslams, </w:t>
+      </w:r>
+      <w:r w:rsidR="008A1662" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokykla</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> neužtikrina darbuotojų asmeninės informacijos </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>konfidencialumo.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="038A7631" w14:textId="0E22E9C9" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00664C02">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="568"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="282"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Darbuotojai, besinaudojantys </w:t>
+      </w:r>
+      <w:r w:rsidR="008A1662" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokyklos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> elektroniniu paštu ir internetu,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">atstovauja </w:t>
+      </w:r>
+      <w:r w:rsidR="008A1662" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokyklai</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, todėl privalo elgtis taip, kad nepažeistų </w:t>
+      </w:r>
+      <w:r w:rsidR="008A1662" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Mokyklos </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> reputacijos ir teisinių </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>interesų.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71E4F470" w14:textId="5982B7BC" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00664C02">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="568"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="568" w:hanging="284"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Naudojantis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A1662" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokyklos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>elektroniniu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>paštu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ir</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>internetu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>darbuotojams</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>draudžiama:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77826731" w14:textId="4EBDF475" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="7"/>
+          <w:numId w:val="10"/>
         </w:numPr>
-        <w:ind w:hanging="480"/>
-[...6 lines deleted...]
-      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:hanging="849"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>skelbti</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A1662" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokyklos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>medžiagą;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60BDC267" w14:textId="03B7BDE1" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="7"/>
+          <w:numId w:val="10"/>
         </w:numPr>
-        <w:ind w:hanging="480"/>
-[...6 lines deleted...]
-      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="285" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>naudoti elektroninį paštą ir internetą asmeniniams tikslams, Lietuvos Respublikos įstatymais draudžiamai veiklai, šmeižiančio, įžeidžiančio, grasinamojo pobūdžio ar</w:t>
+      </w:r>
+      <w:r w:rsidR="008A1662" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>visuomenės dorovės</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ir</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>moralės</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>principams</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>prieštaraujančiai</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>informacijai siųsti</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ir</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kitiems</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tikslams,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kurie</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">gali pažeisti </w:t>
+      </w:r>
+      <w:r w:rsidR="008A1662" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokyklos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ar kitų asmenų teisėtus interesus.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AD7D024" w14:textId="01B43FCD" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="008A1662" w:rsidP="00664C02">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="568"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="282"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokykla  pasilieka teisę be atskiro darbuotojo įspėjimo riboti prieigą prie atskirų interneto</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>svetainių</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ar</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>programinės</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>įrangos,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tiriant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>incidentus,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>atiduoti</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>darbuotojų</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>naudojamą</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>įrangą tirti tretiesiems asmenims.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7458F667" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="568"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Visos darbo priemonės (telefonas, kompiuteris, kopijavimo technika ir pan.) gali būti naudojamos išskirtinai tik darbo tikslais.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13F1BB0B" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="00530167" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3BA13E95" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00895059">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="62"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>X</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="48"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>SKYRIUS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33EAACB3" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00895059">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>LYGIŲ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>GALIMYBIŲ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>POLITIKOS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>IR</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>VYKDYMO</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PRIEŽIŪROS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PRINCIPŲ ĮGYVENDINIMO TVARKA</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CF02F4F" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="00530167" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3553D333" w14:textId="736F0A78" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="00D43272" w:rsidP="005D60CC">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="568"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="282"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokyklos direktoriaus įsakymu patvirtinta ir elektroniniu būdu paskelbta „Lygių galimybių politikos ir vykdymo priemonių priežiūros principų įgyvendinimo tvarka“.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BDA1BC6" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="005D60CC">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="568"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="282"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Šios</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tvarkos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tikslas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>yra</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>užtikrinti,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kad</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>su</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>besikreipiančiais</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>dėl</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>darbo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>asmenimis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ar</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>jau</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>esamais darbuotojais nebus elgiamasi prasčiau, jei tai nesusiję su atliekamo darbo kokybe ar kitomis dalykinėmis savybėmis.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CF90C39" w14:textId="62B24E8A" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="7"/>
+          <w:numId w:val="10"/>
         </w:numPr>
-        <w:ind w:hanging="480"/>
-[...6 lines deleted...]
-      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="568"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:hanging="849"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ši tvarka numato priemones, kaip įgyvendinami lyčių lygybės ir nediskriminavimo kitais pagrindais principai, kokios taikomos priemonės:</w:t>
+      </w:r>
+      <w:r w:rsidR="00D47FC8" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>priimant į</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>darbą</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>taiko vienodus</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>atrankos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kriterijus</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ir </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sąlygas;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2956C6FE" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="7"/>
+          <w:numId w:val="10"/>
         </w:numPr>
-        <w:ind w:hanging="480"/>
-[...873 lines deleted...]
-      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="285" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sudaro</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>vienodas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>darbo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sąlygas,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>galimybes</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tobulinti</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kvalifikaciją,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>siekti</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>profesinio tobulėjimo, persikvalifikavimo, teikia vienodas lengvatas;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="011CC17D" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="13"/>
+          <w:numId w:val="10"/>
         </w:numPr>
-        <w:ind w:hanging="600"/>
-[...6 lines deleted...]
-      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:hanging="849"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>naudoja</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>vienodus</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>darbo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>vertinimo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kriterijus</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ir</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>vienodus</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>atleidimo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>iš</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>darbo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kriterijus;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47378943" w14:textId="05F1805A" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="13"/>
+          <w:numId w:val="10"/>
         </w:numPr>
-        <w:ind w:hanging="600"/>
-[...6 lines deleted...]
-      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="285" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>imasi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>priemonių,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kad</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>darbuotojai</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>darbo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>vietoje</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nepatirtų</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>priekabiavimo,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nebūtų</w:t>
+      </w:r>
+      <w:r w:rsidR="00D43272" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>duodami nurodymai diskriminuoti;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3899B9AA" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="004F574C" w:rsidRDefault="001736A0" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="13"/>
+          <w:numId w:val="10"/>
         </w:numPr>
-        <w:ind w:hanging="600"/>
-[...6 lines deleted...]
-      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:hanging="849"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F574C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sudaro</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F574C">
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F574C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tinkamas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F574C">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F574C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sąlygas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F574C">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F574C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>neįgaliesiems gauti</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F574C">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F574C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>darbą,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F574C">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F574C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>dirbti,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F574C">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F574C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>siekti</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F574C">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F574C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>karjeros.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C748A64" w14:textId="36E49C94" w:rsidR="00530167" w:rsidRPr="004F574C" w:rsidRDefault="004F574C" w:rsidP="004F574C">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="568"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F574C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     52. </w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="004F574C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Apie tvarką yra informuota </w:t>
+      </w:r>
+      <w:r w:rsidR="00D43272" w:rsidRPr="004F574C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokyklos</w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="004F574C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> švietimo darbuotojų profesinė sąjunga ir dėl jos</w:t>
+      </w:r>
+      <w:r w:rsidR="00D43272" w:rsidRPr="004F574C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="004F574C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>priėmimo su ja pasikonsultuota.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DEE2427" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="004F574C" w:rsidRDefault="00530167" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="04789A5B" w14:textId="30336EE6" w:rsidR="00D47FC8" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00895059">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="967"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>XI</w:t>
+      </w:r>
+      <w:r w:rsidR="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">SKYRIUS </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6073B332" w14:textId="601E4637" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00895059">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="967"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>UGDYMO</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ORGANIZAVIMAS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51AE673F" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="00530167" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2ABBACD0" w14:textId="771D7EAC" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="00D43272" w:rsidP="005D60CC">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="568"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="568" w:hanging="284"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokykla</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>dirba</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>dienas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>per</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> savaitę.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CE161A1" w14:textId="4EC79BF8" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="005D60CC">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="568"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="568" w:hanging="284"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ugdymo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>proceso</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>organizavimą</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>reglamentuoja</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D43272" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokyklos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ugdymo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>planas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D6B54EC" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="005D60CC">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="568"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="282"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ugdymo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>planą</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ruošia</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>direktoriaus</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>įsakymu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>patvirtinta</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>darbo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>grupė,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>vadovaujama</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>direktoriaus pavaduotojos ugdymui.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49A5D041" w14:textId="52484AC0" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="005D60CC">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="568"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="568" w:hanging="284"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Pamokų</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>trukmė</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1 klasių</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mokiniams -</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00D43272" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> min</w:t>
+      </w:r>
+      <w:r w:rsidR="004F574C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">., </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2-10 klasių</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mokiniams</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00D43272" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>min.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79332474" w14:textId="6C386324" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="005D60CC">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="568"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="568" w:hanging="284"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Pamokų</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pradžia</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>8.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D43272" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> val.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A0A63FC" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="005D60CC">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="568"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="568" w:hanging="284"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Pamokų</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>laiką</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nustato</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>administracija,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>atsižvelgusi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>į</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>bendruomenės</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>narių</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nuomonę.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BAA9F7A" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="005D60CC">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="568"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="282"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Pamokas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mokytojai</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>veda</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pagal</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pamokų</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tvarkaraštį,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>neformalaus</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ugdymo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>užsiėmimus</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pagal neformalaus ugdymo tvarkaraštį. Jei pamokos nevyksta dėl mokytojo ligos, studijų, kvalifikacijos tobulinimo renginių, daromi pamokų tvarkaraščio pakeitimai ir organizuojamas pavadavimas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BB4D880" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="005D60CC">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="568"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="282"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Jei</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pavaduoti neįmanoma</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(nėra</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>galinčių</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pavaduoti</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mokytojų),</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>gali</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>būti</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>vedamos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kitų</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>dalykų pamokos, nevykusios pamokos gali būti pravedamos kitu laiku.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03E25D6D" w14:textId="06992A59" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="005D60CC">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="568"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="282"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487310848" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="51D9A822" wp14:editId="26140D4D">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>3912870</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>370987</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="38100" cy="7620"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="1" name="Graphic 1"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="38100" cy="7620"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="38100" h="7620">
+                              <a:moveTo>
+                                <a:pt x="38100" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="7620"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="38100" y="7620"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="38100" y="0"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="000000"/>
+                        </a:solidFill>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock">
+            <w:pict>
+              <v:shape w14:anchorId="557C6F70" id="Graphic 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:308.1pt;margin-top:29.2pt;width:3pt;height:.6pt;z-index:-16005632;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="38100,7620" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBO6Bu/FQIAALMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMGK2zAQvRf6D0L3xk4K28XEWcouWwrL&#10;dmGz9KzIcmwqa1SNEjt/35FsOaY9tTQHeeR5Gr95T5Pt3dBpdlYOWzAlX69yzpSRULXmWPK3/eOH&#10;W87QC1MJDUaV/KKQ3+3ev9v2tlAbaEBXyjEqYrDobckb722RZSgb1QlcgVWGkjW4TnjaumNWOdFT&#10;9U5nmzy/yXpwlXUgFSK9fRiTfBfr17WS/ltdo/JMl5y4+bi6uB7Cmu22ojg6YZtWTjTEP7DoRGvo&#10;o3OpB+EFO7n2j1JdKx0g1H4locugrlupYg/UzTr/rZvXRlgVeyFx0M4y4f8rK5/Pr/bFBepon0D+&#10;QFIk6y0WcyZscMIMtesCloizIap4mVVUg2eSXn68XecktaTMp5tNlDgTRTopT+i/KIhVxPkJ/ehA&#10;lSLRpEgOJoWOfAwO6uig54wcdJyRg4fRQSt8OBeohZD1M41mYhFSHZzVHiLIB/oT09QCsbwitFki&#10;qZ8FKuXS08ZqI2bRckqn5wi7fvQvoEnFVEpqQBWcGvudg6gBvVyqjKDb6rHVOjSO7ni4146dRRiI&#10;+AsK0pEFLPo/Wh7MP0B1eXGspykpOf48Cac4018NXcMwUilwKTikwHl9D3HwouYO/X74LpxllsKS&#10;e7oxz5AuuSjSdQhNzdhw0sDnk4e6DXclchsZTRuajNjANMVh9Jb7iLr+1+x+AQAA//8DAFBLAwQU&#10;AAYACAAAACEA05mGXeAAAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMAyG70i8Q2Qkbixd&#10;RaNRmk5oYgIOCDFQJW5ZE9qKxClJ1nVvjznB0b8//f5crWdn2WRCHDxKWC4yYAZbrwfsJLy/ba9W&#10;wGJSqJX1aCScTIR1fX5WqVL7I76aaZc6RiUYSyWhT2ksOY9tb5yKCz8apN2nD04lGkPHdVBHKneW&#10;51kmuFMD0oVejWbTm/Zrd3ASnrb3AR8+nicbi+a0Sd9N8fjSSHl5Md/dAktmTn8w/OqTOtTktPcH&#10;1JFZCWIpckIlFKtrYASIPKdgT8GNAF5X/P8H9Q8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEATugbvxUCAACzBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEA05mGXeAAAAAJAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAHwFAAAAAA==&#10;" path="m38100,l,,,7620r38100,l38100,xe" fillcolor="black" stroked="f">
+                <v:path arrowok="t"/>
+                <w10:wrap anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Apie</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pamokų</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pakeitimus</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>skelbiama</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D43272" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokyklos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>informaciniuose</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>stenduose</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ir</w:t>
+      </w:r>
+      <w:r w:rsidR="004F574C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> TAMO </w:t>
+      </w:r>
+      <w:r w:rsidR="0057331E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>žurnale.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E26D78C" w14:textId="3A4BF91B" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="005D60CC">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="568"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="282"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Pamokų</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ir</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>neformalaus</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ugdymo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>užsiėmimų</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>laikas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>gali</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>būti</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>trumpinamas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>dėl</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="80"/>
+          <w:w w:val="150"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D43272" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokyklos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> renginių. Sprendimą dėl laiko sutrumpinimo priima administracija.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5327CB22" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="005D60CC">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="568"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="282"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokinių</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>atostogos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nustatomos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pagal</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Bendrųjų</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ugdymo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>planų</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nurodymus.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokslo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>metai skirstomi 1-4 klasėms pusmečiais (pusmečių datos nustatomos direktoriaus įsakymu).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38A8B6D0" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="005D60CC">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="568"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="282"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokinių</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>atostogų</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>metu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sudaromi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mokytojų</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>darbo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>grafikai</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pagal</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tarifikuotų</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>valandų</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">skaičių. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Grafikai derinami su direktoriaus pavaduotoja ugdymui.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B7A0CC6" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="007B1E76">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="568"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="282"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Pamokos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="77"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>gali</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nevykti</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="75"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ugdymo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="77"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>plane</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="75"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>išvardintais</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>atvejais</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(žema</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="76"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>oro</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>temperatūra,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="78"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>dėl karantino ir kt.).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5448DF25" w14:textId="1BB50E0F" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="007B1E76">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="568"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="568" w:hanging="284"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Tvarką</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D43272" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokykloje</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>prižiūri</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>administracija</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ir</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>budintys</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mokytojai.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AA578C5" w14:textId="7BDACB64" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="007B1E76">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="568"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="282"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Administracijos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>spendimu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>gali</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>būti</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nustatytas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>laikas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ir</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tvarka,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kai</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D43272" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokyklos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> durys rakinamos, ribojant patekimą į patalpas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0916C761" w14:textId="3FCA36D0" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="007B1E76">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="568"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="568" w:hanging="284"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokinių</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>priėmimo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>į</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D43272" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokyklą</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tvarka:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EC875E0" w14:textId="33DBBC6C" w:rsidR="00484A55" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="13"/>
+          <w:numId w:val="10"/>
         </w:numPr>
-        <w:ind w:hanging="600"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="285" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tėvai</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="37"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(globėjai),</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="31"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pageidaujantys,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="37"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kad</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="32"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>jų</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="36"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>vaikas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="34"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(-ai)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="36"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mokytųsi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="38"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Vilniaus</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="34"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D43272" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>darželyje – mokykloje ,,Dainorėliai“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, teikia prašymus </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:history="1">
+        <w:r w:rsidR="00484A55" w:rsidRPr="00895059">
+          <w:rPr>
+            <w:rStyle w:val="Hipersaitas"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>https://svietimas.vilnius.lt/</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DEA712C" w14:textId="6FA6D864" w:rsidR="00484A55" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="285" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>priėmimas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>vykdomas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>vadovaujantis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>steigėjo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nustatyta</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tvarka</w:t>
+      </w:r>
+      <w:r w:rsidR="00484A55" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A7E4F7A" w14:textId="5D952648" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="008F5CD1">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="568" w:hanging="284"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Sutarčių</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sudarymas:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2ABB9FBD" w14:textId="2695B654" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="285" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">priėmimas mokytis pagal pradinio ugdymo programas įforminamas mokymo sutartimi, kurioje aptariami </w:t>
+      </w:r>
+      <w:r w:rsidR="00C026A7" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokyklos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ir asmens įsipareigojimai, jų nevykdymo pasekmės.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Abu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sutarties</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>egzempliorius</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pasirašo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C026A7" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokyklos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>direktorius</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ir</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>prašymo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pateikėjas. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76941EAE" w14:textId="77777777" w:rsidR="00484A55" w:rsidRPr="0057331E" w:rsidRDefault="001736A0" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1194"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="1194" w:hanging="909"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0057331E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mokymo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0057331E">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0057331E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sutartys</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0057331E">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0057331E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>registruojamos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0057331E">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0057331E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mokymo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0057331E">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0057331E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sutarčių</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0057331E">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0057331E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>registracijos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0057331E">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0057331E">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>knygoje;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DD82A0E" w14:textId="6755CB07" w:rsidR="00484A55" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1194"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="1194" w:hanging="909"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0057331E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sudarius</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0057331E">
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0057331E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mokymo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0057331E">
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0057331E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sutartį,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0057331E">
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0057331E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>asmuo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0057331E">
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>įtraukiamas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>į</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mokinių</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>registrą</w:t>
+      </w:r>
+      <w:r w:rsidR="00484A55" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3218FE14" w14:textId="18548753" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1194"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="1194" w:hanging="909"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>visi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>dokumentai</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>registruojami</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nustatyta</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tvarka.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03D80FAC" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="008F5CD1">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="568"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="568" w:hanging="284"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Klasių</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>komplektavimas:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7619BAF6" w14:textId="77777777" w:rsidR="00484A55" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="285" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">sprendimą apie priėmimą ir paskyrimą į klasę priima </w:t>
+      </w:r>
+      <w:r w:rsidR="00C026A7" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokyklos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> direktorius.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68F7B298" w14:textId="6F283F85" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="285" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Paskyrimas į atitinkamą klasę įforminamas direktoriaus įsakymu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="018B655D" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="008F5CD1">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="568"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="568" w:hanging="284"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Kėlimo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>į</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>aukštesnę</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>klasę</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tvarka:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BBC42BA" w14:textId="74B67A97" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="285" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ugdymo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>rezultatai</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mokytojų</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tarybos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>posėdžiuose</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>aptariami</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>po</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kiekvieno</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pusmečio;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47886D87" w14:textId="11C8514A" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:hanging="849"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>išklausoma</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mokin</w:t>
+      </w:r>
+      <w:r w:rsidR="00C026A7" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ius</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ugdžiusių</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mokytojų ir</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pagalbos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>specialistų</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>informacija</w:t>
+      </w:r>
+      <w:r w:rsidR="00575B45" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57DEB5AC" w14:textId="25E0B6E0" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="008F5CD1">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="568"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="568" w:hanging="284"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Perėjimas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>į</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kitą</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ugdymo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C026A7" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>instituciją</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15EC7B54" w14:textId="71F168FD" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="285" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tėvai</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(globėjai,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>rūpintojai)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pageidaujantys,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kad</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>vaikas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>būtų</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>išbrauktas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>iš</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C026A7" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokyklos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sąrašų, direktoriui privalo pateikti prašymą;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C43F1F3" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="285" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">išvykstančiam mokiniui išduodamas nustatytos formos pažymėjimas ar pažyma (vadovaujantis Švietimo ir mokslo ministerijos nustatyta Mokymosi pasiekimų įteisinimo </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tvarka);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45A5C61A" w14:textId="6D9B7D36" w:rsidR="00530167" w:rsidRDefault="00575B45" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="285" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>g</w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>avus</w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ugdymo </w:t>
+      </w:r>
+      <w:r w:rsidR="00C026A7" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>įstaigos</w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> kurioje mokinys tęsia mokslą, prašymą, išsiunčiamos prašomų dokumentų kopijos arba pateikiama Dokumentų rengimo ir įforminimo taisyklių nustatyto pavyzdžio pažyma apie mokymosi rezultatus</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="011F7E0D" w14:textId="77777777" w:rsidR="00895059" w:rsidRPr="00895059" w:rsidRDefault="00895059" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="285"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="03ADB096" w14:textId="3783AEE9" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="00895059" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="425"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">pirmumo teisė būti siunčiamam tobulintis;  </w:t>
-[...4 lines deleted...]
-        <w:ind w:left="-5"/>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">XII </w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>SKYRIUS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="395C1580" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00895059">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="63"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>MOKYTOJO</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>DARBO</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ORGANIZAVIMAS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69327F4B" w14:textId="600A177B" w:rsidR="00A218B2" w:rsidRPr="00895059" w:rsidRDefault="00A218B2" w:rsidP="00895059">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4130"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="63"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="683B6EF2" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="008F5CD1">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="568"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="568" w:hanging="284"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ruošdamasis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mokslo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>metams:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B1C2A88" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:hanging="849"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mokytojas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sutvarko</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>praėjusių</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mokslo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>metų</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>dokumentaciją;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12987D79" w14:textId="399049CA" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="right" w:pos="5670"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="285" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>prieš</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mokslo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>metus</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mokytojas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>turi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sudaryti</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>metodinės</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tarybos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nustatytos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>formos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">dalyko </w:t>
+      </w:r>
+      <w:r w:rsidR="00C026A7" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ilgalaikius</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> plan</w:t>
+      </w:r>
+      <w:r w:rsidR="00C026A7" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>us</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F124B2B" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:hanging="849"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mokytojas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>laisvai</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>renkasi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>optimaliausius</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pedagoginės</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>veiklos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>formas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ir</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>būdus;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BDAA402" w14:textId="002FB666" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="1696"/>
+          <w:tab w:val="left" w:pos="2539"/>
+          <w:tab w:val="left" w:pos="6706"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="285" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>gali</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ruoštis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>pamokoms</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>jam</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>priimtinoje</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>aplinkoje</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00C026A7" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokykloje</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>namuose, bibliotekoje ir kt.)</w:t>
+      </w:r>
+      <w:r w:rsidR="00080E41" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DD2D671" w14:textId="5F7E0D84" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="008F5CD1">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="568"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="282"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Mokytojas privalo laiku pateikti prašomus duomenis ir ataskaitas. Jei nustatytu laiku mokytojas jų pateikti negali </w:t>
+      </w:r>
+      <w:r w:rsidR="00080E41" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> informuoja </w:t>
+      </w:r>
+      <w:r w:rsidR="002E6E24" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokyklos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> administraciją ir imasi priemonių, kad informacija būtų pateikta kuo skubiau.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C796E50" w14:textId="4DA301B6" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="008F5CD1">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="568"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="282"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Elektroninis dienynas pildomas vadovaujantis Vilniaus </w:t>
+      </w:r>
+      <w:r w:rsidR="002E6E24" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>darželio – mokyklos ,,Dainorėliai“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>elektroninio dienyno naudojimo tvarkos aprašu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0989D4EC" w14:textId="7452D5CC" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="008F5CD1">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="568"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="282"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Klasių </w:t>
+      </w:r>
+      <w:r w:rsidR="002E6E24" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>vadovų</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> skiriamų valandų panaudojimo tvarką nustato administracija, atsižvelgdama į </w:t>
+      </w:r>
+      <w:r w:rsidR="002E6E24" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pradinio ugdymo </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> metodinės grupės </w:t>
+      </w:r>
+      <w:r w:rsidR="002E6E24" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(kolegijos) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>siūlymus.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07BA1DE8" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="008F5CD1">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="568"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="568" w:hanging="284"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Darbas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pamokose:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A19FB4A" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="285" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">į darbą mokytojas privalo atvykti taip, kad iki pamokos pradžios suspėtų pasiruošti </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pamokai;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21CA0D97" w14:textId="7896D61C" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="285" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>negalintis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>atvykti</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>į</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>darbą</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mokytojas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>apie</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tai</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>informuoja</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>administraciją</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>iš</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>vakaro</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>arba</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ne vėliau kaip prieš 30 minučių iki pamokos pradžios. Laiku nepranešęs, mokytojas neatvykimo priežastį raštu paaiškina </w:t>
+      </w:r>
+      <w:r w:rsidR="002E6E24" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokyklos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> administracijai;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F782D2D" w14:textId="77F3D87A" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="285" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pamokos pradžią ir pabaigą skelbia skambutis</w:t>
+      </w:r>
+      <w:r w:rsidR="00080E41" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002E6E24" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(skambina mokytojas)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; be svarbios priežasties mokytojui draudžiama vėluoti į pamoką; pasitarimai pertraukų metu organizuojami tik dėl svarbių </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>priežasčių;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2069F097" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="285" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>neleidžiama išleisti mokinių iš pamokos, nenuskambėjus skambučiui; mokytojas turi prižiūrėti, kad po skambučio mokiniai iš kabineto išeitų ramiai ir saugiai;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B3F9126" w14:textId="51D9ED31" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="285" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">susikeisti su kolega, pavesti savo darbą kitam mokytojas gali tik suderinęs </w:t>
+      </w:r>
+      <w:r w:rsidR="002E6E24" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">su Mokyklos </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> administracija;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70B00C6F" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="285" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>iškviesti mokytoją iš pamokos galima tik esant labai svarbiam reikalui; tuo metu su mokiniais klasėje lieka iškvietęs asmuo;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CD9EFEB" w14:textId="3C170808" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="285" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">draudžiama mokinius </w:t>
+      </w:r>
+      <w:r w:rsidR="002E6E24" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pašalinti</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> iš pamokų. Jei mokinys (-ė) trukdo darbui, mokytojas informuoja socialinę </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0057331E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pedagogę</w:t>
+      </w:r>
+      <w:r w:rsidR="00080E41" w:rsidRPr="0057331E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (ar kitą paskirtą asmenį)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0057331E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> arba </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>administraciją;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FD5CBEF" w14:textId="3C8A6E59" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="285" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>savo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pamokų,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pertraukų</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>metu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ir</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>po</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pamokų</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(jei</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mokinius</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>palieka</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kabinete,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>aktų salė</w:t>
+      </w:r>
+      <w:r w:rsidR="002E6E24" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>j</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>e, persirengimo patalpose) mokytojas prižiūri mokinius;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07FD6732" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>įvykus nelaimingam atsitikimui, mokytojas privalo pagal situaciją suteikti pirmąją pagalbą, kviesti sveikatos priežiūros specialistą ir (ar) greitąją pagalbą bei informuoti administraciją, kuri per klasės vadovą ar tiesiogiai informuoja mokinio tėvus (globėjus);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F6C94B3" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1194"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="1194" w:hanging="909"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>be</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>administracijos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>žinios</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mokytojas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>negali</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>į</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pamoką</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>leisti</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pašalinių</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>asmenų;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23915EF6" w14:textId="504487E2" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">mokiniai vertinami pagal </w:t>
+      </w:r>
+      <w:r w:rsidR="00BF051D" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Mokyklos </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ugdymo plano ir </w:t>
+      </w:r>
+      <w:r w:rsidR="00BF051D" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokyklos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nustatytą tvarką; draudžiama dalyko vertinimus rašyti už netinkamą mokinių elgesį;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1AF4C53B" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>apie kilusius incidentus mokytojas informuoja klasės vadovą (išimtinais atvejais tiesiogiai</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>administraciją),</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>esant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>reikalui</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kreipiasi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>į</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>socialinę</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pedagogę,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>psichologę,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>vaiko</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">gerovės </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>komisiją;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B3F3550" w14:textId="7872B18F" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mokinių ir mokytojų tarpusavio santykiai turi būti grindžiami abipusės pagalbos, kultūros ir supratimo principais</w:t>
+      </w:r>
+      <w:r w:rsidR="00080E41" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02ECFF7B" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="008F5CD1">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="568"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="568" w:hanging="284"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Pavaduojantis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mokytojas:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5911B4C0" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:hanging="849"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nesant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>dalyko</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mokytojo,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>jei</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>įmanoma,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>jį</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pavaduoja</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>direktoriaus</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pavaduotojos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ugdymui,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73B22003" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="285"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:t>paskirtas to paties dalyko arba kitas pedagogas, jei jo pamokos nesidubliuoja su pavaduojamo kolegos pamokomis;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1382F94C" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:hanging="849"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pavaduoti</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nesantį</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mokytoją</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>galima</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tik</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>suderinus</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>su</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>administracija;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22A282CC" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="285" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pavaduojantis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="32"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mokytojas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>susipažįsta</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>su</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="30"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>programos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="31"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>reikalavimais</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="32"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ir</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="30"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="29"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>klasės</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">teminiu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>planu;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F8089B3" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:hanging="849"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pildo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>klasės</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>dienyną;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="112F7DB5" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:hanging="849"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pateikia</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>reikiamą</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>informaciją</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(ataskaitas).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65F64EE3" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="008F5CD1">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="568"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="568" w:hanging="284"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Metodinė</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>veikla</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>organizuojama</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>vadovaujantis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>metodinės</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>veiklos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nuostatais.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="353D34E7" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="00530167" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="072960E2" w14:textId="77777777" w:rsidR="008F5CD1" w:rsidRDefault="008F5CD1" w:rsidP="00895059">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4557"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3217F39C" w14:textId="77777777" w:rsidR="008F5CD1" w:rsidRDefault="008F5CD1" w:rsidP="00895059">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4557"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="082364FA" w14:textId="59767FF6" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="00895059" w:rsidP="00895059">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4557"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">            72.5.</w:t>
-[...7 lines deleted...]
-        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">XIII </w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>SKYRIUS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50E5833E" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00895059">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="2959"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>MOKINIŲ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ELGESIO</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>TAISYKLĖS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FE8B2C0" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="00530167" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6D1E1F54" w14:textId="5EF0CF01" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="008F5CD1">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="568"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="282"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Šios taisyklės nustato mokinių elgesį prieš pamokas, pamokų ir pertraukų metu, bendrąsias taisykles dėl patyčių bei</w:t>
+      </w:r>
+      <w:r w:rsidR="00BF051D" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kitų pažeidimų, mokinių drausminimo ir skatinimo priemones.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37A4C078" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="008F5CD1">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="568"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="568" w:hanging="284"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokinys</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">turi </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>teisę:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46788540" w14:textId="4CF519F3" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:hanging="849"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nemokamai</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mokytis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BF051D" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Vilniaus darželyje – mokykloje ,,Dainorėliai“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pagal</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>savo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>gebėjimus</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ir</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>poreikius;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="189CB0EF" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:hanging="849"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pasirinkti</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>dorinio</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ugdymo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(tikybos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ar</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>etikos)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>programą;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E3C7BA4" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:hanging="849"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>gauti</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kokybišką</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ugdymą;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="016032FA" w14:textId="02CF6891" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="2908"/>
+          <w:tab w:val="left" w:pos="3962"/>
+          <w:tab w:val="left" w:pos="5393"/>
+          <w:tab w:val="left" w:pos="6545"/>
+          <w:tab w:val="left" w:pos="7719"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pasirinkti</w:t>
+      </w:r>
+      <w:r w:rsidR="00080E41" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>būrelius,</w:t>
+      </w:r>
+      <w:r w:rsidR="00080E41" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tenkinančius</w:t>
+      </w:r>
+      <w:r w:rsidR="00080E41" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>programų</w:t>
+      </w:r>
+      <w:r w:rsidR="00080E41" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>modulius,</w:t>
+      </w:r>
+      <w:r w:rsidR="00080E41" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pasirenkamųjų dalykų</w:t>
+      </w:r>
+      <w:r w:rsidR="00726FB3" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>programas;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62903F9D" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="285" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>gauti</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="31"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>psichologinę</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ir</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>specialiąją</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pedagoginę,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>socialinę</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pedagoginę,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sveikatos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">priežiūros </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pagalbą;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52E55CFA" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="285" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mokytis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>savitarpio</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="76"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pagalba</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="76"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>grįstoje,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="77"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>psichologiškai,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="79"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>dvasiškai</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ir</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>fiziškai</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="79"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>saugioje aplinkoje, turėti higienos reikalavimus atitinkančius mokymosi krūvį ir darbo vietą;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="442CBA30" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:hanging="849"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>į</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nešališką</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mokymosi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pasiekimų</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>įvertinimą;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02EF9557" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:hanging="849"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>įstatymų</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nustatyta</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tvarka</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ginti</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">savo </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>teises.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C40CC2D" w14:textId="4151D29D" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="008F5CD1">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="568"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="282"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Kiekvienas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="32"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mokinys</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="37"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(tėvų,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="31"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>globėjų</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="32"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>priežiūroje)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="38"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>privalo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="32"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>laikytis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="33"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>šių</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="35"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Taisyklių</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="32"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>bei</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="37"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sutarties su</w:t>
+      </w:r>
+      <w:r w:rsidR="00726FB3" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Mokykla</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sąlygų:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CE59C37" w14:textId="1AE0FBA6" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="285" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">privalo laikytis higienos reikalavimų: į </w:t>
+      </w:r>
+      <w:r w:rsidR="00726FB3" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokyklą</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ateiti </w:t>
+      </w:r>
+      <w:r w:rsidR="00726FB3" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">su uniforma, penktadieniais – laisvos formos </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tvarkinga ap</w:t>
+      </w:r>
+      <w:r w:rsidR="00726FB3" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ranga. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Patalpose</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">draudžiama dėvėti striukes, kepures (išskyrus atvejus, kai yra administracijos </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>leidimas);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FA6A77F" w14:textId="64654061" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="285" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pamokų ir pertraukų metu</w:t>
+      </w:r>
+      <w:r w:rsidR="00726FB3" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> elgtis kultūringai, saugoti mokyklos inventorių</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00726FB3" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>su Mokyklos bendruomenės nariais ir svečiais elgtis  pagarbiai;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="277491D9" w14:textId="0805C909" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="285" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kiekviena praleista pamoka turi būti pateisinta</w:t>
+      </w:r>
+      <w:r w:rsidR="00041B3F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> PRIEDE Nr. 2 išdėstyta tvarka.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E0BFC16" w14:textId="37E3CF60" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="285" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>draudžiama</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>į</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00726FB3" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokyklą</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>neštis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pavojų</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>keliančius</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>bei</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nereikalingus</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>darbui</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pamokoje daiktus. Pavojų keliantys daiktai paimami ir perduodami tėvams. Kiti daiktai atiduodami po pamokos (klasės vadovui arba mokytojui informavus mokinio tėvus);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CD2B20E" w14:textId="74F14494" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="00726FB3" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="285" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokykloje, renginių už Mokyklos ribų, ekskursijų metu mokiniai privalo laikytis saugaus elgesio reikalavimų;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A05A9A9" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="285" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>į išvykas, ekskursijas mokiniai vyksta, tik su mokytoju ir gavus direktoriaus leidimą (įforminama įsakymu). Moksleiviai supažindinami su saugumo reikalavimais;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="764AABDB" w14:textId="441A7765" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="285" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">būti </w:t>
+      </w:r>
+      <w:r w:rsidR="00726FB3" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokykloje</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> be mokytojo priežiūros, nevykstant renginiams ar užsiėmimams, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>neleidžiama.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D2D2097" w14:textId="465E5075" w:rsidR="00530167" w:rsidRPr="00DD51C8" w:rsidRDefault="001736A0" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="285" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD51C8">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pamokų</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD51C8">
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD51C8">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>metu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD51C8">
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD51C8">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>draudžiama</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD51C8">
+        <w:rPr>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD51C8">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>naudotis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD51C8">
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD51C8">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mobiliaisiais</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD51C8">
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD51C8">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>telefonais</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD51C8" w:rsidRPr="00DD51C8">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27481C1F" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="006F2C03">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="568"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="282"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Koridoriuose, laiptinėse, kabinetuose mokiniai privalo laikytis saugos reikalavimų: palaikyti tvarką, taupiai naudoti elektros energiją, vandenį.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="146B8DE2" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="006F2C03">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="568"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="568" w:hanging="284"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokinių</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>maitinimo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tvarka</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nurodyta</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Taisyklių</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>skyriuje</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>„Mokinių</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>maitinimo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tvarka“.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06D0C4EF" w14:textId="79E225C0" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="006F2C03">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="568"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="282"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Moksleiviui</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>piktybiškai</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sugadinus</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003B61A6" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokyklos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>turtą,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>jo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tėvai</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(globėjai,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>rūpintojai)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>privalo atlyginti žalą pagal rinkos kainą, vadovaujantis Civiliniu kodeksu (atlygina padarytą</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>žalą, pakeičia sugadintą daiktą nauju ir kt.).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61450D79" w14:textId="77777777" w:rsidR="00895059" w:rsidRDefault="00895059" w:rsidP="00895059">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4565"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5BC1535B" w14:textId="77777777" w:rsidR="006F2C03" w:rsidRDefault="006F2C03" w:rsidP="00895059">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4565"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="15A070B6" w14:textId="77777777" w:rsidR="006F2C03" w:rsidRDefault="006F2C03" w:rsidP="00895059">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4565"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="65D6B76C" w14:textId="77777777" w:rsidR="006F2C03" w:rsidRDefault="006F2C03" w:rsidP="00895059">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4565"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4B2EF5B5" w14:textId="77777777" w:rsidR="006F2C03" w:rsidRDefault="006F2C03" w:rsidP="00895059">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4565"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="121FB41B" w14:textId="79479BBF" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="00895059" w:rsidP="00895059">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4565"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">           </w:t>
-[...3 lines deleted...]
-      </w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">XIV </w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>SKYRIUS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="654D3AE3" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00895059">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="4044" w:hanging="3303"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>POVEIKIO</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PRIEMONIŲ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>TAIKYMAS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>NETINKAMAI</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">BESIELGIANTIEMS </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>MOKINIAMS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5ED8F074" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="00530167" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="438D71C0" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="006F2C03">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="568"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="282"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Sprendžiant mokinio elgesio problemas bei taikant poveikio priemones turi būti vadovaujamasi Rekomendacijomis dėl poveikio priemonių taikymo netinkamai besielgiantiems mokiniams</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(Lietuvos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Respublikos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>švietimo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ir</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mokslo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ministro</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2012-08-28</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>įsakymas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Nr.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">V- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1268).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2451A3E6" w14:textId="1676FEA3" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="003B61A6" w:rsidP="006F2C03">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="568"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="282"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokyklos darbuotojas, siekdamas užtikrinti Mokyklos bendruomenės narių ir (ar) aplinkinių saugumą, gali taikyti šias poveikio priemones ar imtis šių veiksmų:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B097D87" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:hanging="849"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pakeisti</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mokinio</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ugdymosi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>vietą;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66218F1D" w14:textId="63424A38" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="285" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>iškviesti</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003B61A6" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokyklos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="36"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>direktorių</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ar</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>jo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pavaduotoją</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ugdymui,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>socialinį</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pedagogą, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>psichologą;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="307C3B1B" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:hanging="849"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>organizuoti</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mokinio</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>daiktų</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>patikrinimą;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28F4400B" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:hanging="849"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>panaudoti</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pagrįstus</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>fizinius</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>veiksmus.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D49B98B" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="006F2C03">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="568"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="282"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Taikant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>numatytas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>poveikio</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>priemones</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>privalu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>atsižvelgti</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>į</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mokinio</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>specialiuosius</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ugdymosi poreikius, jo sveikatos būklę, psichologinę savijautą ir kitas, poveikio priemonės parinkimui ir taikymui svarbias aplinkybes.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="505FD147" w14:textId="36E63325" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="006F2C03">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="568"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="282"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Poveikio</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>priemonės</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>taikomos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mokiniui</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tik</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tada,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kai</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003B61A6" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokykla</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>yra</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>išnaudojusi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>visas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kitas galimas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>priemones</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ir</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>švietimo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pagalbos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>teikimo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>galimybes</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(pavyzdžiui,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>vesti</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>individualūs</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pokalbiai su</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mokiniu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ir</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>jo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tėvais</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(globėjais,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>rūpintojais)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>arba</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>bent</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>vienu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>iš</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>jų</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ir</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kitos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>priemonės)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ir</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>jos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nedavė laukiamų</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>rezultatų,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>išskyrus</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>neatidėliotinus</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>atvejus,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kai</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>vaiko</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>elgesys</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>daro</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>žalą</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ar</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kelia</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>realų</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pavojų jo paties ir (ar) kitų asmenų gyvybei, sveikatai, saugumui ar turtui. Kitais atvejais į mokinio padarytus </w:t>
+      </w:r>
+      <w:r w:rsidR="003B61A6" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokyklos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tvarkos taisyklių, mokinio elgesio normų</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ir (ar) mokymo sutarties nuostatų pažeidimus reaguojama kitų teisės aktų nustatyta tvarka.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06EC6B16" w14:textId="170D9407" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="006F2C03">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="568"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="282"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Apie mokiniui pritaikytą poveikio priemonę turi būti nedelsiant informuojamas </w:t>
+      </w:r>
+      <w:r w:rsidR="003B61A6" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokyklos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> direktorius ar pavaduotojas ugdymui, socialinis pedagogas, psichologas, mokinio tėvai (globėjai, rūpintojai) arba bent vienas iš jų, taip pat, esant būtinybei, savivaldybės vaiko teisių apsaugos skyrius ir (ar) teritorinė policijos įstaiga.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36D4D9C0" w14:textId="4A03442E" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="006F2C03">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="568"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="282"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Mokiniui pritaikytą poveikio priemonę ir </w:t>
+      </w:r>
+      <w:r w:rsidR="00783806" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokyklos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> darbuotojo veiksmus mokinio atžvilgiu privalu fiksuoti raštu </w:t>
+      </w:r>
+      <w:r w:rsidR="0040684E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PATYČIŲ IR SMURTO fiksavimo</w:t>
+      </w:r>
+      <w:r w:rsidR="0040684E" w:rsidRPr="0040684E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> žurnale</w:t>
+      </w:r>
+      <w:r w:rsidR="0040684E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EB25B6A" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="006F2C03">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="568"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="568" w:hanging="284"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ugdymosi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">vietos </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pakeitimas:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B69C1FB" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="285" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ugdymosi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>vietos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pakeitimas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>gali</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>būti</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>taikomas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mokytojo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sprendimu,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kai</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mokinio</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>elgesys akivaizdžiai griauna mokinių ugdymosi procesą pamokos metu;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6343972B" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="285" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pakeitus</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ugdymosi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>vietą,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mokinys</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>atlieka</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mokytojo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>paskirtas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>užduotis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>prižiūrimas socialinio pedagogo arba mokiniui teikiama reikiama švietimo pagalba;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="330B366C" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:hanging="849"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mokinio</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="13"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ugdymosi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="12"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>vieta</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="12"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>gali</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="15"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>būti</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="16"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pakeičiama</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="14"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ne</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="14"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ilgesnei</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="15"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kaip</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="16"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>šį</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="15"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sprendimą</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="14"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>priėmusio</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="659AF83B" w14:textId="78B1A645" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="285"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:t>mokytojo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:t>pamokos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:t>trukmei.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:t>Esant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:t>būtinybei,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:t>šios</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:t>priemonės</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:t>taikymo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:t>trukmė</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:t>gali</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:t>būti</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:t xml:space="preserve">pratęsiama </w:t>
+      </w:r>
+      <w:r w:rsidR="00783806" w:rsidRPr="00895059">
+        <w:t>Mokyklos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:t xml:space="preserve"> direktoriaus ar pavaduotojos ugdymui sprendimu, atsižvelgus į prižiūrėjusio mokinį</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:t>(pakeitus</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:t>jo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:t>ugdymosi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:t>vietą)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:t>mokytojo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:t>arba</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:t>švietimo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:t>pagalbos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:t>specialisto</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:t>rekomendaciją, tačiau ne ilgiau kaip iki tos dienos pamokų pabaigos.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0531E719" w14:textId="4EB386CA" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="00783806" w:rsidP="006F2C03">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="568"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="568" w:hanging="284"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokyklos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>direktoriaus</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> iškvietimas:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="667B60A1" w14:textId="38829037" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="00783806" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="285" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokyklos darbuotojas gali išsikviesti Mokyklos direktorių ar direktoriaus pavaduotoją ugdymui, socialinį pedagogą, psichologą, kad padėtų nutraukti netinkamą mokinio ar mokinių grupės elgesį;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2636E352" w14:textId="2ACC456E" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="00783806" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="285" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokyklos direktorius ar direktoriaus pavaduotoja ugdymui, socialinis pedagogas, psichologas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tarpininkauja</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sprendžiant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mokytojo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ir</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mokinio</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ar</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mokinių</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>grupės</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>konfliktą,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>taip</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pat </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>padeda mokytojui numatyti tolesnes mokinio (-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ių</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>) ugdymosi proceso organizavimo galimybes bei pagal kompetenciją inicijuoti ir (ar) spręsti švietimo pagalbos arba drausminių auklėjamojo poveikio priemonių taikymą mokiniui.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22BB8AAC" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="006F2C03">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="568"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="568" w:hanging="284"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokinio</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">daiktų </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>patikrinimas:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FC39FB6" w14:textId="610B0DF7" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="285" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">jeigu </w:t>
+      </w:r>
+      <w:r w:rsidR="00783806" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokyklos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> darbuotojui kyla pagrįstų įtarimų, jog mokinys gali turėti draudžiamų daiktų, jis nedelsdamas apie tai informuoja </w:t>
+      </w:r>
+      <w:r w:rsidR="00783806" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokyklos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> direktorių arba jo pavaduotoją ugdymui;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5ED2B792" w14:textId="6846EBC0" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="00783806" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="285" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Mokyklos </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>darbuotojas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ir</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(ar)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokyklos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>vadovas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>arba</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>jo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pavaduotoja</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ugdymui turi teisę prašyti mokinio parodyti jo asmeninius daiktus. Mokinio daiktai negali būti tikrinami jam nedalyvaujant;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F81218B" w14:textId="5455F8FD" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1194"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="285" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>jeigu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mokinys</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sutinka</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>parodyti</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>savo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>asmeninius</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>daiktus,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>parodymo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>metu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>turi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">dalyvauti mažiausiai du </w:t>
+      </w:r>
+      <w:r w:rsidR="00783806" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokyklos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> darbuotojai, vienas iš jų – </w:t>
+      </w:r>
+      <w:r w:rsidR="00783806" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokyklos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> direktorius arba jo</w:t>
+      </w:r>
+      <w:r w:rsidR="00895059" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pavaduotoja ugdymui. Paaiškėjus, kad mokinys turi draudžiamų daiktų, apie tai nedelsiant informuojami mokinio tėvai (globėjai, rūpintojai) arba bent vienas iš jų;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07F0ACFD" w14:textId="7D384356" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1194"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="285" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>jei mokinys nesutinka parodyti daiktų, apie įtarimus dėl draudžiamų daiktų turėjimo nedelsiant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>informuojami</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mokinio</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tėvai</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(globėjai,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>rūpintojai)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>arba</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>bent</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>vienas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>iš</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>jų</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ir</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>jie</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">kviečiami atvykti į </w:t>
+      </w:r>
+      <w:r w:rsidR="00783806" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokyklą</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. Jiems nesutikus atvykti ir (ar) neatvykus nustatytu laiku, taip pat esant būtinybei, apie įtarimus dėl draudžiamų daiktų turėjimo nedelsiant informuojama teritorinė policijos įstaiga;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37291112" w14:textId="60140F57" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="285" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">kol atvyks dėl mokinio daiktų patikrinimo iškviesti asmenys, mokinys turi būti prižiūrimas </w:t>
+      </w:r>
+      <w:r w:rsidR="00783806" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokyklos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> direktoriaus pavaduotojos ar socialinės pedagogės.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D80AAFE" w14:textId="13FB1552" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="00783806" w:rsidP="006F2C03">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="568"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="282"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokyklos darbuotojas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pagrįstus fizinius veiksmus mokinio atžvilgiu gali taikyti tik</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tais atvejais, kai siekiama:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C2CA8BF" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:hanging="849"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>apsaugoti</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mokinį</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nuo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>savęs</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ar</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kitų</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>asmenų</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(su)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>žalojimo;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28524C07" w14:textId="30F15A6E" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1194"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="285" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">užkirsti kelią ir (ar) nutraukti smurtinį mokinio elgesį prieš kitus mokinius, </w:t>
+      </w:r>
+      <w:r w:rsidR="00783806" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokyklos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> darbuotojus ar kitus aplinkinius asmenis;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="783B7B8F" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1194"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="285" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>neleisti mokiniui palikti patalpos, jeigu jo pasišalinimas kelia grėsmę jo paties ar kitų asmenų saugumui;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D00270B" w14:textId="6D008F85" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="285" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nutraukti</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mokinių</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tarpusavio</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>muštynes,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>jei</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mokinys</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>iai</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nereaguoja</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>į</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>žodinius</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00783806" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokyklos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> darbuotojo paliepimus jas nutraukti;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29E6A1D8" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="285" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nutraukti</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mokinio</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>veiksmus,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kuriais</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>niokojamas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>turtas,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ir</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(ar)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>apsaugoti</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>turtą</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nuo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>galimo sunaikinimo ar sugadinimo arba sustabdyti netvarką;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FDBB4F0" w14:textId="1A472CB1" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1194"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="285" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>atskirti</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mokinį,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>griaunantį</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>bendrą</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>klasės</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tvarką</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ar</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00783806" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokyklos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>renginį,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kai</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>jis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nepaiso </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pakartotinių reikalavimų ir raginimų laikytis elgesio taisyklių, išvedant jį iš patalpos (klasės, salės, ar pan.).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27C22973" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="006F2C03">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="568"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="282"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Pagrįsti fiziniai veiksmai gali varijuoti nuo stovėjimo tarp mokinių gresiant potencialiam atviram jų konfliktui, stovėjimo prieš mokinį, siekiant užkirsti kelią pavojingam mokinio elgesiui (siekiant atitverti kelią prie lango, jei mokinys grasina iššokti ar pan.), vedimo paėmus už rankos, iki mokinio sulaikymo, fiziškai apribojant mokinio veiksmus. Mokinio sulaikymas gali būti naudojamas tik ekstremaliose situacijose (pavyzdžiui, kai siekiama nutraukti mokinių muštynes, jeigu nėra kitų galimybių jų išskirti nenaudojant fizinės intervencijos; kai siekiama nutraukti mokinio save žalojantį elgesį, jį apglėbiant ir laikant tol, kol mokinys nurims, ir pan.).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5EBCED21" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="006F2C03">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="568"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="568" w:hanging="284"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Fizinis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kontaktas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>su</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mokiniu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>yra</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>laikomas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tinkamu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tokiose</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>situacijose:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10E1E85A" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:hanging="849"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mokinį(-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ius</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>laikant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>už</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>rankos(-ų),</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sudarant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ratą,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>žaidžiant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>žaidimus;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="459B849C" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:hanging="849"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mokinį</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>vedant už</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>rankos;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A3B2C2F" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:hanging="849"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>guodžiant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mokinį;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B1B0D45" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:hanging="849"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pasveikinant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mokinį;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67D8F631" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:hanging="849"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>padedant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>neįgaliam</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mokiniui;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0969A5BF" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:hanging="849"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mokant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mokinį</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>groti</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>instrumentu,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> šokti;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3508521A" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:hanging="849"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>rodant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mokiniui,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kaip</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>atlikti</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>fizinius</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pratimus;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B426E63" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="285" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>rodant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="77"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mokiniui,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="73"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kaip</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="77"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tinkamai</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="72"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>laikyti</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="77"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>rašymo,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="72"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>piešimo,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="78"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kitas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="72"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ugdymosi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="77"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>procese naudojamas priemones;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E91959E" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:hanging="849"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>teikiant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pirmąją</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pagalbą.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1225BD72" w14:textId="2A2878A0" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="006F2C03">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="568"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="282"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Fiziniai</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>veiksmai</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>laikomi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nepagrįstais,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>draudžiamais</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ir</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>traktuojami</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kaip</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>smurtas</w:t>
+      </w:r>
+      <w:r w:rsidR="00B95911" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mokinio atžvilgiu tokiais atvejais, kai jie:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CE1793B" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:hanging="849"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>naudojami</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">kaip </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>bausmė;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00F4BCD5" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:hanging="849"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>naudojami</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>norint</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pademonstruoti</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>savo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> viršenybę;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47FCD62D" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:hanging="849"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>naudojami</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>siekiant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sukelti</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">vaikui </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>skausmą;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49B148ED" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:hanging="849"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>naudojama</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>didesnė</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nei</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>būtina</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>fizinė</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>jėga.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31478377" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="006F2C03">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="568"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="568" w:hanging="284"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Pagrįstų</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>fizinių</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>veiksmų</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>naudojimas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>neturi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kelti</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>grėsmės</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>vaiko</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>gyvybei</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ir</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sveikatai.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F8B3E21" w14:textId="152CCAF6" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="00B95911" w:rsidP="006F2C03">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="568"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="282"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Mokyklos darbuotojas, taikydamas pagrįstus fizinius veiksmus, visada privalo vadovautis minimalių būtinų fizinių veiksmų panaudojimo trumpiausiam būtinam laikotarpiui </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>principu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BDB3FEC" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="00530167" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="65300298" w14:textId="4DF7C100" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="00895059" w:rsidP="00895059">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
-        <w:t>72.6.</w:t>
-[...3 lines deleted...]
-      </w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">XV </w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>SKYRIUS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DE07474" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00895059">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="63"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>MOKINIŲ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>MAITINIMO</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>TVARKA</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26E09448" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="00530167" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="10A557AA" w14:textId="732F1C44" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="006F2C03">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="568"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="282"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Mokiniai </w:t>
+      </w:r>
+      <w:r w:rsidR="00B95911" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokykloje</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  maitinami pagal direktoriaus patvirtintą maitinimo </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>grafiką.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FC54AED" w14:textId="27A503A9" w:rsidR="00530167" w:rsidRPr="00036FB7" w:rsidRDefault="001736A0" w:rsidP="00036FB7">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="568"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="282"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nemokamas mokinių maitinimas organizuojamas pagal atskirą, </w:t>
+      </w:r>
+      <w:r w:rsidR="00B95911" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokyklos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> direktoriaus patvirtintą tvarką.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0811DE40" w14:textId="77777777" w:rsidR="00036FB7" w:rsidRDefault="00036FB7" w:rsidP="00895059">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4566"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3ED82F61" w14:textId="328DE188" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="00895059" w:rsidP="00895059">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4566"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
-        <w:t>s raštas</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="009A2F5C">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">XVI </w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>SKYRIUS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="069E6872" w14:textId="1402869F" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00895059">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="1818"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>NAUDOJIMOSI</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0087409A" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>MOKYKLOS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>TURTU</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>TVARKA</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0619867B" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="00530167" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1C48BE7B" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="006F2C03">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="568"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="568" w:hanging="284"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Kabineto</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>inventoriaus</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>priežiūra:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DC02517" w14:textId="3A0AF98C" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="285" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">mokytojas, pastebėjęs gadinamą inventorių, imasi priemonių tam sustabdyti, esant reikalui kreipiasi pagalbos į </w:t>
+      </w:r>
+      <w:r w:rsidR="00895059" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00895059" w:rsidRPr="0040684E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokyklos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0040684E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">administraciją; taupiai naudoja elektros centro energiją, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>vandenį;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F5BA3DE" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:hanging="849"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pasibaigus</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pamokoms,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>uždaro</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>langus,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>išjungia</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>elektros</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>įrenginius;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39AA648C" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:hanging="849"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>apie</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="64"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>gedimus,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="67"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sugadintą</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ar</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="66"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>dingusį</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="67"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kabineto</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="67"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>inventorių</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="67"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>klasės</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="67"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>vadovas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="75"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>informuoja</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C3B190B" w14:textId="2718E810" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="00B95911" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="285"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:t>Mokyklos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:t>administraciją</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:t>ir</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:t>dalyvauja</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:t>išaiškinant,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:t>kas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:t>padarė</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>nusižengimą;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="723C87CB" w14:textId="0CE4B47D" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:hanging="849"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pamokų</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>metu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>už</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kabineto inventorių</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>atsako</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kabinete dirbantis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mokytojas</w:t>
+      </w:r>
+      <w:r w:rsidR="00895059" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5DF8D532" w14:textId="77777777" w:rsidR="00032CAF" w:rsidRDefault="00330186" w:rsidP="00330186">
-[...1 lines deleted...]
-        <w:ind w:left="0" w:firstLine="0"/>
+    <w:p w14:paraId="17327DEB" w14:textId="6820A58C" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="006F2C03">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="568"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="568" w:hanging="284"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Naudojantis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0008609B" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokyklos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>turtu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>būtina</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>laikytis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>gaisrinės</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>saugos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>reikalavimų.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07156DED" w14:textId="07769CF9" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="006F2C03">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="568"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="282"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Kasmet atliekama </w:t>
+      </w:r>
+      <w:r w:rsidR="0008609B" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokyklos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> turto inventorizacija. </w:t>
+      </w:r>
+      <w:r w:rsidR="0008609B" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokyklos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> turto naudojimo apskaitą vykdo ir prižiūri direktoriaus pavaduotoja ūkiui.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C26D07F" w14:textId="52B6C74A" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="0008609B" w:rsidP="006F2C03">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="568"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="282"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokyklos reikmėms skirta medžiaga kopijuojama nemokamai, suderinus su Mokyklos administracija.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58198934" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="006F2C03">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="568"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="282"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Naudojimosi telefonu tvarka. Visi telefonai naudojami tik tarnybiniams tikslams, darbo funkcijų</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>vykdymui.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Pasitaikius</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>atvejams,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kai</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>telefonas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>buvo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>naudotas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ne</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>darbo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>funkcijų</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>vykdymui, darbuotojas apmoka prakalbėtą sumą.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66B16D66" w14:textId="6826E9A0" w:rsidR="00530167" w:rsidRDefault="0008609B" w:rsidP="006F2C03">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="568"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="282"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Visi Mokyklos darbuotojai aprūpinami viešojo transporto bilietais.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37DD84A7" w14:textId="77777777" w:rsidR="00895059" w:rsidRPr="00895059" w:rsidRDefault="00895059" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="568"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1E668BA0" w14:textId="77777777" w:rsidR="009808BE" w:rsidRDefault="009808BE" w:rsidP="00895059">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="564"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="34493EF5" w14:textId="77777777" w:rsidR="009808BE" w:rsidRDefault="009808BE" w:rsidP="00895059">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="564"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="52A22C64" w14:textId="77777777" w:rsidR="00036FB7" w:rsidRDefault="00036FB7" w:rsidP="00895059">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="564"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5D6DF40F" w14:textId="008A3F11" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="00895059" w:rsidP="00895059">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="564"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">           </w:t>
-[...3 lines deleted...]
-      </w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">XVII </w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>SKYRIUS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E38D33E" w14:textId="4BCD805E" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00895059">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="61"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>NAUDOJIMOSI</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0087409A" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>MOKYKLOS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>BIBLIOTEKA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>TVARKA</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="450CCBAA" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="00530167" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="16EDFFF1" w14:textId="67FA5318" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="009808BE" w:rsidP="009808BE">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="568"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="282"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
-        <w:t>72.7.</w:t>
-[...7 lines deleted...]
-        <w:ind w:left="360" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Bibliotekos</w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>fondai</w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>yra</w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0008609B" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokyklos</w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>turtas,</w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>saugomas</w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>valstybės</w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>įstatymų tvarka.</w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Biblioteka turi teisę naudotis visi </w:t>
+      </w:r>
+      <w:r w:rsidR="0008609B" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokyklos</w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> moksleiviai, mokytojai, kiti darbuotojai.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A769022" w14:textId="358763E4" w:rsidR="00CD1765" w:rsidRPr="00895059" w:rsidRDefault="00CD1765" w:rsidP="009808BE">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="282"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="009808BE">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>09</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="009808BE">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokytojai privalo:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6184610F" w14:textId="78B1CE15" w:rsidR="00CD1765" w:rsidRPr="00895059" w:rsidRDefault="00CD1765" w:rsidP="009808BE">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="282"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="009808BE">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>09</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.1.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>gautą vadovėlius peržiūrėti ir apie pastebėtus trūkumus tuoj pat pranešti bibliotekininkei;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E8C6E31" w14:textId="470B232C" w:rsidR="00CD1765" w:rsidRPr="00895059" w:rsidRDefault="00CD1765" w:rsidP="009808BE">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="282"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="009808BE">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>09</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.2.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>pamesti ar sugadinti vadovėliai turi būti atpirkti pagal valstybinius tarifus.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FE9C78E" w14:textId="5966A086" w:rsidR="00A218B2" w:rsidRPr="00036FB7" w:rsidRDefault="009808BE" w:rsidP="00036FB7">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="282"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
-        <w:tab/>
-[...3 lines deleted...]
-        <w:t>Vilniaus miesto savivaldybės administracijos  švietimo, k</w:t>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>110</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD1765" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">ultūros ir sporto departamento </w:t>
-[...8 lines deleted...]
-      </w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD1765" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Nutraukdamas darbo santykius su Mokykla darbuotojas privalo atsiskaityti su biblioteka.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09A85267" w14:textId="77777777" w:rsidR="00A218B2" w:rsidRPr="00895059" w:rsidRDefault="00A218B2" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="367D42BA" w14:textId="546D3C37" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="00895059" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="_Hlk206424370"/>
       <w:r>
-        <w:tab/>
-[...8 lines deleted...]
-        <w:ind w:left="360" w:firstLine="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">XVIII </w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>SKYRIUS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E75B91A" w14:textId="7654C138" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="0087409A" w:rsidP="00895059">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="60"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>MOKYKLOS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>VEIKLOS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PLANAVIMO</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> SISTEMA</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="054B0AFE" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="00530167" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2AF15F28" w14:textId="70C7089E" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="00146F9C" w:rsidP="00A65ADA">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="568"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:hanging="138"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
-        <w:tab/>
-[...8 lines deleted...]
-        <w:ind w:left="360" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Įstaiga</w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>savo</w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>veiklą</w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>planuoja</w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>rengdama</w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>strateginį</w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>veiklos</w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>planą</w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>trejiems</w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>metams,</w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>metinį veiklos planą (mokslo metams).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08DC53CE" w14:textId="1EA27815" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="00146F9C" w:rsidP="00A65ADA">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="568"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="568" w:hanging="284"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
-        <w:tab/>
-[...11 lines deleted...]
-        <w:ind w:left="360" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Rengiami</w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>veiklos</w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>planai</w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mokslo</w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>metams:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0787CA40" w14:textId="3F327C35" w:rsidR="00530167" w:rsidRPr="00A65ADA" w:rsidRDefault="00A65ADA" w:rsidP="00A65ADA">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:hanging="316"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
-[...9 lines deleted...]
-        <w:ind w:left="360" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0008609B" w:rsidRPr="00A65ADA">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mokytojų</w:t>
+      </w:r>
+      <w:r w:rsidR="0008609B" w:rsidRPr="00A65ADA">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0008609B" w:rsidRPr="00A65ADA">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tarybos</w:t>
+      </w:r>
+      <w:r w:rsidR="0008609B" w:rsidRPr="00A65ADA">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0008609B" w:rsidRPr="00A65ADA">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>veiklos</w:t>
+      </w:r>
+      <w:r w:rsidR="0008609B" w:rsidRPr="00A65ADA">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0008609B" w:rsidRPr="00A65ADA">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>planas;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F66A681" w14:textId="26E8E34A" w:rsidR="00530167" w:rsidRPr="00A65ADA" w:rsidRDefault="00A65ADA" w:rsidP="00A65ADA">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:hanging="316"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
-        <w:tab/>
-[...8 lines deleted...]
-        <w:ind w:left="360" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="00A65ADA">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>metodinių</w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="00A65ADA">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="00A65ADA">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>grupių</w:t>
+      </w:r>
+      <w:r w:rsidR="00895059" w:rsidRPr="00A65ADA">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F84FEE" w:rsidRPr="00A65ADA">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(kolegijų)</w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="00A65ADA">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="00A65ADA">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>veiklos</w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="00A65ADA">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> planai;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="200E97FA" w14:textId="1793455D" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="00F84FEE" w:rsidP="00A65ADA">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:hanging="316"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokyklos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tarybos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">veiklos </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>planas;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AE9280F" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00A65ADA">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:hanging="316"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>vaiko</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>gerovės</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>komisijos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>veiklos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>planas;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DB2CA47" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00A65ADA">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:hanging="316"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>aplinkos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tvarkymo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ir</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>priežiūros</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>planas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F06BEF7" w14:textId="5B249C35" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00A65ADA">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="568"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="568" w:hanging="284"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Visi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>išvardinti</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>planai</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tvirtinami</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F84FEE" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokyklos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>direktoriaus</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>įsakymu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60D8D3E8" w14:textId="15A8335C" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="00146F9C" w:rsidP="00A65ADA">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="568"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="568" w:hanging="284"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
-        <w:tab/>
-[...9 lines deleted...]
-        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Atestacijos</w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>programa</w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>rengiama</w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">kalendoriniams </w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>metams.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="794664BD" w14:textId="0C257FE5" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="00146F9C" w:rsidP="00A65ADA">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="568"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="568" w:hanging="284"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve"> </w:t>
-[...9 lines deleted...]
-      </w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Analizuojamas</w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>veiklos</w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>planų</w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>vykdymas</w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(iki</w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>birželio</w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>25</w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>d.).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DEFE8D3" w14:textId="77777777" w:rsidR="00895059" w:rsidRPr="00895059" w:rsidRDefault="00895059" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="568"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="568"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:p w14:paraId="1C93915C" w14:textId="72C581E6" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="00895059" w:rsidP="00895059">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4565"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
-        <w:t>Pradėdamas dirbti darželyje-mokykloje, darbuotojas perima visą jam skirtą inventorių, mokymo priemones sav</w:t>
-[...912 lines deleted...]
-      <w:r>
         <w:rPr>
           <w:b/>
-        </w:rPr>
-[...86 lines deleted...]
-      <w:r w:rsidR="009A2F5C">
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">XIX </w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="00895059">
         <w:rPr>
           <w:b/>
-        </w:rPr>
-[...1998 lines deleted...]
-      <w:r w:rsidR="009A2F5C">
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>SKYRIUS</w:t>
       </w:r>
-      <w:r w:rsidR="009A2F5C">
-[...193 lines deleted...]
-      <w:r>
+    </w:p>
+    <w:p w14:paraId="643C4312" w14:textId="50F2E895" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00895059">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="2126" w:hanging="1619"/>
         <w:rPr>
           <w:b/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00A80F32">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
         <w:rPr>
           <w:b/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>INFORMACIJOS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
         <w:rPr>
           <w:b/>
-        </w:rPr>
-[...397 lines deleted...]
-      <w:r w:rsidR="009A2F5C">
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
         <w:rPr>
           <w:b/>
-        </w:rPr>
-[...37 lines deleted...]
-        <w:jc w:val="center"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>APIE</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
         <w:rPr>
           <w:b/>
-        </w:rPr>
-[...8 lines deleted...]
-      <w:r>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F84FEE" w:rsidRPr="00895059">
         <w:rPr>
           <w:b/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00484C68">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>MOKYKLOS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
         <w:rPr>
           <w:b/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="009A2F5C">
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
         <w:rPr>
           <w:b/>
-        </w:rPr>
-[...1839 lines deleted...]
-      <w:r w:rsidR="009A2F5C" w:rsidRPr="003C2981">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>VEIKLĄ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
         <w:rPr>
           <w:b/>
-        </w:rPr>
-[...14 lines deleted...]
-      <w:r>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
         <w:rPr>
           <w:b/>
-        </w:rPr>
-[...9 lines deleted...]
-      <w:r>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>TEIKIMAS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
         <w:rPr>
           <w:b/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00816408">
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
         <w:rPr>
           <w:b/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00484C68">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>NAUDOJANT ELEKTRONINES IR KITAS RYŠIO PRIEMONES</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76E602C5" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="00530167" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>II</w:t>
-[...1218 lines deleted...]
-        <w:r w:rsidR="00BE3367" w:rsidRPr="003F1A83">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="71053BB8" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00146F9C">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="568"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="568" w:hanging="284"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Pagrindinis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tėvų</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>informavimo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>dokumentas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>yra</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">elektroninis </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>dienynas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70D1014B" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00146F9C">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="568"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:hanging="316"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Tėvus galima informuoti telefonu (kai reikia informuoti greitai arba kai informuojant raštu negaunama informacija iš tėvų), elektroniniu paštu, raštu (parašyti tėvams informacinį pranešimą, kurį mokinys turi atnešti su tėvų parašu).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D2B9967" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00146F9C">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="568"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:hanging="316"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Jei anksčiau išvardintais būdais tėvų informuoti nepavyksta, pranešimas siunčiamas registruotu laišku. Tėvai (globėjai) mokymo sutartyje įsipareigoja apmokėti siuntimo išlaidas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CA8C156" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00146F9C">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="568"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:hanging="316"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Jei panaudojus išvardintus būdus iš tėvų informacija negaunama, informacija perduodama Vaikų teisių apsaugos skyriui.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="610DCD91" w14:textId="5A8D4C30" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="00BB38FC" w:rsidP="00146F9C">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="568"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:hanging="316"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokykloje du kartus per mokslo metus organizuojamos tėvų dienos. Informacija apie tai skelbiama Mokyklos interneto tinklapyje (</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r w:rsidRPr="00895059">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hipersaitas"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>www.dainoreliai.lt</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00BE3367">
-[...18 lines deleted...]
-    <w:p w14:paraId="418316CB" w14:textId="77777777" w:rsidR="00032CAF" w:rsidRDefault="00B355BD" w:rsidP="00BE3367">
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) ir </w:t>
+      </w:r>
+      <w:r w:rsidR="0040684E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>TAMO, ELIIS žurnale</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69941EE5" w14:textId="7C43AAFA" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00146F9C">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="568"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="568" w:hanging="284"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Informacija</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>apie</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB38FC" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokyklos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>veiklą,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>renginius,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pasiekimus</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>skelbiama:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7272349E" w14:textId="3EB7CE71" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="00BB38FC" w:rsidP="00146F9C">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:hanging="316"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokyklos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>interneto</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tinklapyje;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22599427" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00146F9C">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:hanging="316"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>stenduose;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61954E4B" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00146F9C">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:hanging="316"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tėvų</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>susirinkimuose.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37E980F1" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="00530167" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="14047465" w14:textId="11F125E7" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="00895059" w:rsidP="00895059">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
-        <w:tab/>
-      </w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">XX </w:t>
+      </w:r>
+      <w:r w:rsidR="00036FB7">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>KYRIUS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09F20E2D" w14:textId="73DB874F" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00895059">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="6"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>LANKYMOSI</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB38FC" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>MOKYKLOJE</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>TVARKA</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="261692C4" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="00530167" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="67297853" w14:textId="301D2CD2" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00146F9C">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="568"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="568" w:hanging="284"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Asmenys,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="26"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kurie</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nedirba</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="29"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB38FC" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokykloje</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>atėję</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="27"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>į</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="29"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB38FC" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokyklą</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="27"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>privalo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="32"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>prisistatyti</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="30"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB38FC" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokyklos administracijai</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB38FC" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokyklos administraciją</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> suteikia reikiamą informaciją bei informuoja reikiamą darbuotoją. Neužsiregistravusiems asmenims po </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB38FC" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokyklą</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vaikščioti draudžiama.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CF9EAD5" w14:textId="2E710B10" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00146F9C">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="568"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:hanging="316"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Pašaliniai asmenys mokinį iš pamokos gali iškviesti tik kartu su socialine pedagoge, direktoriaus pavaduotoj</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB38FC" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ugdymui, direktoriumi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5AB2CFAF" w14:textId="540CDCC9" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00146F9C">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="568"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:hanging="316"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Tėvams prašant, mokytoja mokinį iš pamokos gali išleisti tik tada, jei</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>asmeniškai pažįsta mokinio tėvus. Jei mokytojas mokinio tėvų nepažįsta, paprašo tėvų kreiptis į klasės auklėtoją, socialinę pedagogę, direktoriaus pavaduotoj</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB38FC" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ą</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ugdymui, direktorių.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18D65268" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="00530167" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="71240D7C" w14:textId="15D12754" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="00895059" w:rsidP="00895059">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4566"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
-        <w:tab/>
-[...4 lines deleted...]
-      </w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">XXI </w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>SKYRIUS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F26469C" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00895059">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="2064"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PRAŠYMŲ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>IR</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>SKUNDŲ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>NAGRINĖJIMO</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>TVARKA</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3461EC26" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="00530167" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2BAD380F" w14:textId="61D51E53" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="00146F9C" w:rsidP="00146F9C">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="568"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:hanging="316"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
-        <w:t xml:space="preserve"> </w:t>
-[...25 lines deleted...]
-        <w:ind w:left="-5"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Prašymai</w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ir</w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>skundai,</w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>gauti</w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tiesiogiai</w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>iš</w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>asmens</w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ar</w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>atsiųsti</w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>paštu</w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(ir</w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>elektroniniu),</w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">registruojami </w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>raštinėje.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F4C7184" w14:textId="6550A4F4" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="00146F9C" w:rsidP="00146F9C">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="568"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:hanging="316"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
-        <w:tab/>
-      </w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Aptarnaujantis</w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>darbuotojas</w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>priima ir</w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>užregistruoja prašymus ar skundus;</w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>suteikia</w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">informaciją apie prašymų, skundų nagrinėjimo procedūrą. Užregistruotus prašymus perduoda </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB38FC" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokyklos</w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> direktoriui, o su nukreipimais perduoda nagrinėti reikiamiems darbuotojams. Informuoja prašymą, skundą pateikusius asmenis apie priimtus sprendimus. Prašymai, nusiskundimai nagrinėjami ne ilgiau kaip 30 dienų nuo gavimo dienos.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22AB952B" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00146F9C">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="568"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="568" w:hanging="284"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Draudžiama</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>skundus</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>perduoti</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nagrinėti</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>darbuotojams,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kurių</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>veiksmai</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>yra</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>skundžiami.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B865FA6" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="00530167" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5D1032A7" w14:textId="64278602" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="00895059" w:rsidP="00895059">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="574"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
-        <w:tab/>
-      </w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">XXII </w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>SKYRIUS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51741838" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00895059">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="53"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>KVALIFIKACIJOS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>TOBULINIMO</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>IR</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PATIRTIES</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>SKLAIDOS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>TVARKA</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DD1F73B" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="00530167" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2B0678F0" w14:textId="70C17EB1" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="00F430AA" w:rsidP="00F430AA">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="568"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:hanging="316"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
-        <w:tab/>
-[...4 lines deleted...]
-      </w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Pedagoginių darbuotojų kvalifikacijai tobulinti skirtų lėšų suma apskaičiuojama pagal Švietimo ir mokslo ministro patvirtintą mokinio krepšelio metodiką.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="325A553F" w14:textId="5B8C0C3B" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00F430AA">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="568"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:hanging="316"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Aplinkos personalo kvalifikacijai tobulinti lėšos numatomos </w:t>
+      </w:r>
+      <w:r w:rsidR="004B5B84" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokyklos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sąmatoje iš steigėjo skirtų lėšų.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E85255B" w14:textId="5D7905D4" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00F430AA">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="568"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:hanging="316"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Naudojant kvalifikacijai skirtas lėšas, pirmumas teikiamas kvalifikacijos tobulinimo renginiams, susijusiems su </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB38FC" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokyklos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> prioritetinių uždavinių įgyvendinimu. Vykimą į kvalifikacijos kėlimo renginius darbuotojai suderina su veiklos sritį kuruojančia direktoriaus pavaduotoja, kuri apie tai informuoja direktorių.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64F6FB3C" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00F430AA">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="568"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:hanging="316"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Grįžę</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>iš</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kvalifikacijos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tobulinimo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>renginių,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mokytojai</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pateikia</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>informaciją</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>metodinių</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">renginių </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>metu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="320CDC1A" w14:textId="77777777" w:rsidR="00895059" w:rsidRDefault="00895059" w:rsidP="00895059">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4639"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="72110B34" w14:textId="12AC1A03" w:rsidR="00530167" w:rsidRDefault="00895059" w:rsidP="00895059">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4639"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">XXIII </w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>SKYRIUS BAIGIAMOSIOS</w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>NUOSTATOS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F6EA0E1" w14:textId="77777777" w:rsidR="00036FB7" w:rsidRPr="00895059" w:rsidRDefault="00036FB7" w:rsidP="00895059">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4639"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="12E7C500" w14:textId="48BB4BEC" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00F430AA">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="568"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="568" w:hanging="284"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Taisyklės</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>galioja</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nuo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>patvirtinimo dienos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>visiems</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB38FC" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokyklos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>darbuotojams,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mokiniams.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="607D5542" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00F430AA">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="568"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="568" w:hanging="284"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Taisyklės</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>skelbiamos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>viešai.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="433CB106" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00F430AA">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="568"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="568" w:hanging="284"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Visi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>darbuotojai</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>turi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>būti</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>supažindinti</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>su</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>šiomis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Taisyklėmis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pasirašytinai.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5622BEF4" w14:textId="4A424D3E" w:rsidR="00530167" w:rsidRPr="00036FB7" w:rsidRDefault="001736A0" w:rsidP="00036FB7">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="568"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:hanging="316"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Taisyklės</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="33"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>gali</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="35"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>būti</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="34"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>keičiamos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="34"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ir</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="32"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>papildomos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="34"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB38FC" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokyklos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> bendruomenės</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="37"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>narių,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="33"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007B634B" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokyklos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> savivaldos institucijų iniciatyva.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D3BFAC2" w14:textId="04A39587" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00036FB7">
+      <w:pPr>
+        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:sectPr w:rsidR="00530167" w:rsidRPr="00895059" w:rsidSect="00036FB7">
+          <w:pgSz w:w="11900" w:h="16850"/>
+          <w:pgMar w:top="1134" w:right="567" w:bottom="426" w:left="1701" w:header="567" w:footer="567" w:gutter="0"/>
+          <w:cols w:space="1296"/>
+        </w:sectPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487588352" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6A4EFA7E" wp14:editId="72ECA476">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>3417570</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>292190</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="1905000" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="2" name="Graphic 2"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="1905000" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst/>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="l" t="t" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="1905000">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="1905000" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:ln w="6096">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock">
+            <w:pict>
+              <v:shape w14:anchorId="667617C6" id="Graphic 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:269.1pt;margin-top:23pt;width:150pt;height:.1pt;z-index:-15728128;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="1905000,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCF7KuFDwIAAFsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L3YCLFuNOsXQoMOA&#10;oivQFDsrshwbk0WNVOLk70fJsZN1t2E+CJT4RD7yUb69O3ZWHAxSC66U81kuhXEaqtbtSvm6efjw&#10;WQoKylXKgjOlPBmSd6v37257X5gFNGArg4KDOCp6X8omBF9kGenGdIpm4I1jZw3YqcBb3GUVqp6j&#10;dzZb5Pky6wErj6ANEZ+uB6dcpfh1bXT4XtdkgrClZG4hrZjWbVyz1a0qdqh80+ozDfUPLDrVOk46&#10;hVqroMQe279Cda1GIKjDTEOXQV232qQauJp5/qaal0Z5k2rh5pCf2kT/L6x+Orz4Z4zUyT+C/knc&#10;kaz3VEyeuKEz5lhjF7FMXBxTF09TF80xCM2H85v8Y55zszX75otPqcmZKsa7ek/hq4EURx0eKQwa&#10;VKOlmtHSRzeayEpGDW3SMEjBGqIUrOF20NCrEO9FctEU/YVIPOvgYDaQvOENc6Z28Vp3jZpKGatk&#10;7IBgI6bhXg1GSs32dXHWRRbL/GaZRoPAttVDa21kQbjb3lsUBxUHM32xDo7wB8wjhbWiZsAl1xlm&#10;3VmnQZoo0haq0zOKnqe5lPRrr9BIYb85Hpc4+qOBo7EdDQz2HtIDSQ3inJvjD4VexPSlDKzsE4zD&#10;qIpRtFj6hI03HXzZB6jbqGiaoYHRecMTnAo8v7b4RK73CXX5J6x+AwAA//8DAFBLAwQUAAYACAAA&#10;ACEA4nyeDd4AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPz06DQBDG7ya+w2ZMvBi7iNoQytIY&#10;G2PiQWP1ARZ2CrTsLGEXSnl6p170ON/88v3J1pNtxYi9bxwpuFtEIJBKZxqqFHx/vdwmIHzQZHTr&#10;CBWc0MM6v7zIdGrckT5x3IZKsAn5VCuoQ+hSKX1Zo9V+4Tok/u1cb3Xgs6+k6fWRzW0r4yhaSqsb&#10;4oRad/hcY3nYDlaBHFz7/jq+Hejmw53meT/vi81Gqeur6WkFIuAU/mA41+fqkHOnwg1kvGgVPN4n&#10;MaMKHpa8iYHkVyjOQgwyz+T/BfkPAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAAT&#10;AAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/W&#10;AAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIXsq4UP&#10;AgAAWwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAOJ8&#10;ng3eAAAACQEAAA8AAAAAAAAAAAAAAAAAaQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMA&#10;AAB0BQAAAAA=&#10;" path="m,l1905000,e" filled="f" strokeweight=".48pt">
+                <v:path arrowok="t"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3565EDC9" w14:textId="08B3969C" w:rsidR="00583652" w:rsidRPr="00583652" w:rsidRDefault="00583652" w:rsidP="00583652">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="_Hlk216331478"/>
       <w:r>
-        <w:t xml:space="preserve"> </w:t>
-[...10 lines deleted...]
-      </w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">                                                                                      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00583652">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Vilniaus darželio-mokyklos ,,Dainorėliai“</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="226008F2" w14:textId="4C50B0A1" w:rsidR="00583652" w:rsidRPr="00583652" w:rsidRDefault="00583652" w:rsidP="00583652">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00583652">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                </w:t>
+      </w:r>
       <w:r>
-        <w:t xml:space="preserve"> </w:t>
-[...7 lines deleted...]
-          <w:b w:val="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         Darbo tvarkos taisyklių</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00583652">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5943E5FB" w14:textId="14F58294" w:rsidR="00583652" w:rsidRPr="00583652" w:rsidRDefault="00583652" w:rsidP="00583652">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00583652">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                        Priedas Nr.1</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="2"/>
+    </w:p>
+    <w:p w14:paraId="344CD7DE" w14:textId="1C40D293" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="00530167" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="5542"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="03021EBE" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="00530167" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="03621041" w14:textId="6CCA87E8" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="00634748" w:rsidP="00895059">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="2220"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t>XXVII</w:t>
-[...14 lines deleted...]
-        <w:ind w:right="9"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>V.</w:t>
+      </w:r>
+      <w:r w:rsidR="0076526D">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>SKYRIAUS</w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>DOKUMENTŲ</w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001736A0" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PASIRAŠYMAS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64164E0D" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="00530167" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="46BD41A6" w14:textId="75009DB8" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00B50D62">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="568"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="282"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Įsakymus ir dokumentus, siunčiamus kitoms institucijoms, įstaigoms, įmonėms, organizacijoms ir piliečiams pasirašo </w:t>
+      </w:r>
+      <w:r w:rsidR="007B634B" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokyklos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> direktorius, o jam nesant (išvykus į komandiruotę, jo atostogų metu ar ligos atveju) </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="3" w:name="_Hlk206423350"/>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>įsakymu paskirtas asmuo, atliekantis direktoriaus funkcijas.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:p w14:paraId="3593ECAF" w14:textId="229F2780" w:rsidR="007B634B" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00B50D62">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="282"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Finansinius dokumentus, nesant direktoriui, gali pasirašyti tik parašo teisę turint</w:t>
+      </w:r>
+      <w:r w:rsidR="007B634B" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="007B634B" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007B634B" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>įsakymu paskirtas asmuo, atliekantis direktoriaus funkcijas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52A4C75F" w14:textId="72BAB1E0" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00B50D62">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="568"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="282"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Įsakymus</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>finansų</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>klausimais</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pasirašo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003E2A57" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokyklos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>direktorius,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>jam</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nesant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>direktoriaus pavaduotoja ugdymui ar kitas įsakymu paskirtas asmuo.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16817AD4" w14:textId="1CAA7389" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00B50D62">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="568"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="282"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Įsakymus, ataskaitas ir kitus dokumentus ruošia </w:t>
+      </w:r>
+      <w:r w:rsidR="004C1BCD" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>administratorius</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, direktoriaus pavaduotojai ugdymui, pagal kuruojamas sritis,  kurie apie dokumento</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>rengimą</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pažymi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>raštvedybos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>taisyklių</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nustatyta</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tvarka.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Dokumentą</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pasirašo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>direktorius.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FF4115D" w14:textId="0DE2D8C6" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00B50D62">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="568"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="282"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pažymas apie mokinio mokymąsi </w:t>
+      </w:r>
+      <w:r w:rsidR="004C1BCD" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokykloje</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, mokinio ar jo tėvų (globėjų, rūpintojų) prašymu,</w:t>
+      </w:r>
+      <w:r w:rsidR="004C1BCD" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">rengia </w:t>
+      </w:r>
+      <w:r w:rsidR="004C1BCD" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>administratorius</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. Ant pažymų dedamas antspaudas, pažymas pasirašo direktorius,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>o jam nesant</w:t>
+      </w:r>
+      <w:r w:rsidR="004C1BCD" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>direktoriaus</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pavaduotoja</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ugdymui</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>arba</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>įsakymu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>paskirtas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>asmuo,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>atliekantis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>direktoriaus</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>funkcijas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="314AF74D" w14:textId="47DD2207" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00B50D62">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="568"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="568" w:hanging="284"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokinių</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mokymosi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pasiekimų</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>dokumentus</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pasirašo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004C1BCD" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokyklos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>direktorius,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>jam</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nesant</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23FE1705" w14:textId="71853B1D" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="182"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="182" w:hanging="180"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>direktoriaus</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pavaduotoja ugdymui.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>jų dedamas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004C1BCD" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mokyklos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>herbinis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>antspaudas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65C5F0AF" w14:textId="6D1B4A45" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="001736A0" w:rsidP="00B50D62">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="568"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="282"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Direktoriaus pasirašytus siunčiamus dokumentus </w:t>
+      </w:r>
+      <w:r w:rsidR="004C1BCD" w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>administratorius</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895059">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> registruoja, užrašo reikalingus indeksus, išsiunčia adresatams, antrąjį egzempliorių sega į atitinkamą bylą.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75AF498E" w14:textId="77777777" w:rsidR="00530167" w:rsidRPr="00895059" w:rsidRDefault="00530167" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="31366F84" w14:textId="77777777" w:rsidR="00A9757B" w:rsidRDefault="00A9757B" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6E4EF2F2" w14:textId="77777777" w:rsidR="00A9757B" w:rsidRDefault="00A9757B" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3F759E0E" w14:textId="77777777" w:rsidR="00A9757B" w:rsidRDefault="00A9757B" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="336C638E" w14:textId="77777777" w:rsidR="00A9757B" w:rsidRDefault="00A9757B" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="46BCE03F" w14:textId="5AE59225" w:rsidR="00A9757B" w:rsidRDefault="00E73F4A" w:rsidP="00E73F4A">
+      <w:pPr>
+        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve"> DOKUMENTŲ RENGIMAS, TVARKYMAS IR APSKAITA</w:t>
-[...319 lines deleted...]
-      <w:pPr>
+        <w:t>_____________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F19FA06" w14:textId="77777777" w:rsidR="00A9757B" w:rsidRDefault="00A9757B" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="58BFF8C5" w14:textId="77777777" w:rsidR="00A9757B" w:rsidRDefault="00A9757B" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="38A2A8F6" w14:textId="77777777" w:rsidR="00A9757B" w:rsidRDefault="00A9757B" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3FFE491A" w14:textId="77777777" w:rsidR="00A9757B" w:rsidRDefault="00A9757B" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5F44287B" w14:textId="77777777" w:rsidR="00A9757B" w:rsidRDefault="00A9757B" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="13AECE86" w14:textId="77777777" w:rsidR="00A9757B" w:rsidRDefault="00A9757B" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="07717CAC" w14:textId="77777777" w:rsidR="00A9757B" w:rsidRDefault="00A9757B" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="54D8E83E" w14:textId="77777777" w:rsidR="00A9757B" w:rsidRDefault="00A9757B" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="165BAEB7" w14:textId="77777777" w:rsidR="00A9757B" w:rsidRDefault="00A9757B" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0114B889" w14:textId="77777777" w:rsidR="00A9757B" w:rsidRDefault="00A9757B" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="52FE5E70" w14:textId="77777777" w:rsidR="00A9757B" w:rsidRDefault="00A9757B" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="72580174" w14:textId="77777777" w:rsidR="00A9757B" w:rsidRDefault="00A9757B" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="72B9D06D" w14:textId="77777777" w:rsidR="00A9757B" w:rsidRDefault="00A9757B" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3EE63DAD" w14:textId="77777777" w:rsidR="00A9757B" w:rsidRDefault="00A9757B" w:rsidP="00895059">
+      <w:pPr>
+        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5AA24BA3" w14:textId="77777777" w:rsidR="00583652" w:rsidRDefault="00583652" w:rsidP="00A9757B">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
         <w:spacing w:line="259" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="0"/>
-[...1496 lines deleted...]
-        <w:ind w:left="54" w:firstLine="0"/>
+        <w:ind w:left="4016" w:right="164" w:hanging="10"/>
         <w:jc w:val="center"/>
-      </w:pPr>
-[...6788 lines deleted...]
-      <w:pgMar w:top="567" w:right="567" w:bottom="567" w:left="1701" w:header="567" w:footer="567" w:gutter="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00583652" w:rsidSect="00EE348A">
+      <w:pgSz w:w="11900" w:h="16850"/>
+      <w:pgMar w:top="1134" w:right="567" w:bottom="1134" w:left="1701" w:header="567" w:footer="567" w:gutter="0"/>
       <w:cols w:space="1296"/>
-      <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6D879737" w14:textId="77777777" w:rsidR="00A370C6" w:rsidRDefault="00A370C6" w:rsidP="0055753B">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="7507BDA6" w14:textId="77777777" w:rsidR="000A40E2" w:rsidRDefault="000A40E2" w:rsidP="00F06652">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5A188707" w14:textId="77777777" w:rsidR="00A370C6" w:rsidRDefault="00A370C6" w:rsidP="0055753B">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="31944B02" w14:textId="77777777" w:rsidR="000A40E2" w:rsidRDefault="000A40E2" w:rsidP="00F06652">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="A0002AEF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-[...2 lines deleted...]
-    <w:family w:val="swiss"/>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="BA"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:sdt>
     <w:sdtPr>
-      <w:id w:val="1096289721"/>
+      <w:id w:val="-1962805544"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
-    <w:sdtEndPr/>
     <w:sdtContent>
-      <w:p w14:paraId="133D13D9" w14:textId="3DC17B8C" w:rsidR="0055753B" w:rsidRDefault="0055753B">
+      <w:p w14:paraId="36FC06B5" w14:textId="1DEDC3E5" w:rsidR="00F06652" w:rsidRDefault="00F06652">
         <w:pPr>
-          <w:pStyle w:val="Footer"/>
+          <w:pStyle w:val="Porat"/>
           <w:jc w:val="center"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00121F85">
-[...3 lines deleted...]
-          <w:t>16</w:t>
+        <w:r>
+          <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w14:paraId="496A6D89" w14:textId="77777777" w:rsidR="0055753B" w:rsidRDefault="0055753B">
+  <w:p w14:paraId="69AECBBE" w14:textId="77777777" w:rsidR="00F06652" w:rsidRDefault="00F06652">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:pStyle w:val="Porat"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3C147B0C" w14:textId="77777777" w:rsidR="00A370C6" w:rsidRDefault="00A370C6" w:rsidP="0055753B">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="594B636F" w14:textId="77777777" w:rsidR="000A40E2" w:rsidRDefault="000A40E2" w:rsidP="00F06652">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="29D1EF84" w14:textId="77777777" w:rsidR="00A370C6" w:rsidRDefault="00A370C6" w:rsidP="0055753B">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="76988281" w14:textId="77777777" w:rsidR="000A40E2" w:rsidRDefault="000A40E2" w:rsidP="00F06652">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="00A44754"/>
+    <w:nsid w:val="1D8071DD"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E5BCE27A"/>
+    <w:lvl w:ilvl="0" w:tplc="EDCA1474">
+      <w:start w:val="12"/>
+      <w:numFmt w:val="upperRoman"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4498" w:hanging="428"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="97"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="185AB442">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5027" w:hanging="428"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="D678734C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5554" w:hanging="428"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="8668B352">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6082" w:hanging="428"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="CB6A5864">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6609" w:hanging="428"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="8B2800BE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7137" w:hanging="428"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="C8749430">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7664" w:hanging="428"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="68BA1EB8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8191" w:hanging="428"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="E1225602">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8719" w:hanging="428"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2DD32AB8"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="3FA2A790"/>
+    <w:tmpl w:val="293092EC"/>
     <w:lvl w:ilvl="0">
-      <w:start w:val="307"/>
+      <w:start w:val="89"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1134" w:hanging="850"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1134" w:hanging="850"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2866" w:hanging="850"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3730" w:hanging="850"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4593" w:hanging="850"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5457" w:hanging="850"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6320" w:hanging="850"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7183" w:hanging="850"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8047" w:hanging="850"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="305D1840"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="17F20CE0"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="6"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="6"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="6"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="730"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none" w:color="000000"/>
+        <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="34265A5C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="67E8CBE2"/>
+    <w:lvl w:ilvl="0" w:tplc="4D960D6A">
+      <w:start w:val="4"/>
+      <w:numFmt w:val="upperRoman"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4346" w:hanging="327"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0D1E92FA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4883" w:hanging="327"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="F06E3CD6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5426" w:hanging="327"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="6BA05FB0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5970" w:hanging="327"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="541076EE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6513" w:hanging="327"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="F8EAE85E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7057" w:hanging="327"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="1F929ABC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7600" w:hanging="327"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="A000C02E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8143" w:hanging="327"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="45D2DD66">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8687" w:hanging="327"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="37271A0A"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="57860C12"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="112"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="569"/>
+        <w:ind w:left="600" w:hanging="600"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="600" w:hanging="600"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3952357A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="6DE8D558"/>
+    <w:lvl w:ilvl="0" w:tplc="490CA31C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="568" w:hanging="284"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="97"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="10F28430">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1481" w:hanging="284"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="91088148">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2402" w:hanging="284"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="11CABEAE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3324" w:hanging="284"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="CD944D9E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4245" w:hanging="284"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FC585842">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5167" w:hanging="284"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="4E14D7AA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6088" w:hanging="284"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="3E1E7A46">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7009" w:hanging="284"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="32180DDE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7931" w:hanging="284"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="45800CBD"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="B9FEFDDE"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:i w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1134" w:hanging="850"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1140" w:hanging="850"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2219" w:hanging="850"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3298" w:hanging="850"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4377" w:hanging="850"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5457" w:hanging="850"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6536" w:hanging="850"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7615" w:hanging="850"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="472C3712"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D5E409A0"/>
+    <w:lvl w:ilvl="0" w:tplc="7E864FA8">
+      <w:start w:val="2"/>
+      <w:numFmt w:val="upperRoman"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="575" w:hanging="214"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="-1"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="7718696E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1499" w:hanging="214"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="1AE40B08">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2418" w:hanging="214"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="A24491BA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3338" w:hanging="214"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="260CEE98">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4257" w:hanging="214"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="D51872E6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5177" w:hanging="214"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="661EF8DA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6096" w:hanging="214"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="4E1A91B8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7015" w:hanging="214"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="B60A2228">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7935" w:hanging="214"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4BFC3EAA"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="779031D4"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="79"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="285" w:hanging="850"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="11"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="285" w:hanging="850"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2178" w:hanging="850"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3128" w:hanging="850"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4077" w:hanging="850"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5027" w:hanging="850"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5976" w:hanging="850"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6925" w:hanging="850"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7875" w:hanging="850"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="54311A60"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="2194A86E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="71"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="285" w:hanging="910"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="4"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="285" w:hanging="910"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2178" w:hanging="910"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3128" w:hanging="910"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4077" w:hanging="910"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5027" w:hanging="910"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5976" w:hanging="910"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6925" w:hanging="910"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7875" w:hanging="910"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="581D07EC"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="395867A4"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="730"/>
+        <w:ind w:left="1260"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-      <w:lvlText w:val="%3"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1080"/>
+        <w:ind w:left="2040"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%4"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1800"/>
+        <w:ind w:left="2170"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2520"/>
+        <w:ind w:left="1110"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3240"/>
+        <w:ind w:left="1830"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3960"/>
+        <w:ind w:left="2550"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4680"/>
+        <w:ind w:left="3270"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5400"/>
-[...2120 lines deleted...]
-        <w:ind w:left="5400"/>
+        <w:ind w:left="3990"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="1A43267B"/>
+    <w:nsid w:val="59FA09C4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="F5B2317C"/>
-[...1 lines deleted...]
-      <w:start w:val="183"/>
+    <w:tmpl w:val="AEC6881A"/>
+    <w:lvl w:ilvl="0" w:tplc="BE7048B2">
+      <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="480"/>
+        <w:ind w:left="2" w:hanging="567"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
         <w:i w:val="0"/>
-        <w:strike w:val="0"/>
-[...1 lines deleted...]
-        <w:color w:val="000000"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
-        <w:u w:val="none" w:color="000000"/>
-[...2 lines deleted...]
-        <w:vertAlign w:val="baseline"/>
+        <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="E37CBB7C">
-[...2 lines deleted...]
-      <w:lvlText w:val="%2"/>
+    <w:lvl w:ilvl="1" w:tplc="63900F34">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1080"/>
+        <w:ind w:left="165" w:hanging="164"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
         <w:i w:val="0"/>
-        <w:strike w:val="0"/>
-[...1 lines deleted...]
-        <w:color w:val="000000"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
-        <w:u w:val="none" w:color="000000"/>
-[...2 lines deleted...]
-        <w:vertAlign w:val="baseline"/>
+        <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="3B72D8EE">
-[...2 lines deleted...]
-      <w:lvlText w:val="%3"/>
+    <w:lvl w:ilvl="2" w:tplc="A01CF284">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1800"/>
+        <w:ind w:left="180" w:hanging="164"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-        <w:vertAlign w:val="baseline"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="DB7226C0">
-[...2 lines deleted...]
-      <w:lvlText w:val="%4"/>
+    <w:lvl w:ilvl="3" w:tplc="66CE7F16">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2520"/>
+        <w:ind w:left="1379" w:hanging="164"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-        <w:vertAlign w:val="baseline"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="1A4C4868">
-[...2 lines deleted...]
-      <w:lvlText w:val="%5"/>
+    <w:lvl w:ilvl="4" w:tplc="E7983532">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3240"/>
+        <w:ind w:left="2578" w:hanging="164"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-        <w:vertAlign w:val="baseline"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="14627658">
-[...2 lines deleted...]
-      <w:lvlText w:val="%6"/>
+    <w:lvl w:ilvl="5" w:tplc="356CFCB6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3960"/>
+        <w:ind w:left="3777" w:hanging="164"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-        <w:vertAlign w:val="baseline"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="A3D25DD0">
-[...2 lines deleted...]
-      <w:lvlText w:val="%7"/>
+    <w:lvl w:ilvl="6" w:tplc="587AC920">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4680"/>
+        <w:ind w:left="4977" w:hanging="164"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-        <w:vertAlign w:val="baseline"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="92A2B95E">
-[...2 lines deleted...]
-      <w:lvlText w:val="%8"/>
+    <w:lvl w:ilvl="7" w:tplc="81AE6FFE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5400"/>
+        <w:ind w:left="6176" w:hanging="164"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-        <w:vertAlign w:val="baseline"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="C8D2DEF0">
-[...2 lines deleted...]
-      <w:lvlText w:val="%9"/>
+    <w:lvl w:ilvl="8" w:tplc="022CB974">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6120"/>
+        <w:ind w:left="7375" w:hanging="164"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-        <w:vertAlign w:val="baseline"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="21305E4E"/>
+    <w:nsid w:val="5A1C1F6A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="429A743A"/>
-[...3 lines deleted...]
-      <w:lvlText w:val="%1."/>
+    <w:tmpl w:val="A34AFA40"/>
+    <w:lvl w:ilvl="0" w:tplc="FB50EC66">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="10"/>
+        <w:ind w:left="285" w:hanging="284"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
         <w:i w:val="0"/>
-        <w:strike w:val="0"/>
-[...1 lines deleted...]
-        <w:color w:val="000000"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="97"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
-        <w:u w:val="none" w:color="000000"/>
-[...2 lines deleted...]
-        <w:vertAlign w:val="baseline"/>
+        <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="6B726142">
-[...2 lines deleted...]
-      <w:lvlText w:val="%2"/>
+    <w:lvl w:ilvl="1" w:tplc="9FD8D14E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1080"/>
+        <w:ind w:left="1229" w:hanging="284"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-        <w:vertAlign w:val="baseline"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="A94402A4">
-[...2 lines deleted...]
-      <w:lvlText w:val="%3"/>
+    <w:lvl w:ilvl="2" w:tplc="597444A0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1800"/>
+        <w:ind w:left="2178" w:hanging="284"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-        <w:vertAlign w:val="baseline"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="AC9C4704">
-[...2 lines deleted...]
-      <w:lvlText w:val="%4"/>
+    <w:lvl w:ilvl="3" w:tplc="0E4E089C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2520"/>
+        <w:ind w:left="3128" w:hanging="284"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-        <w:vertAlign w:val="baseline"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="B358AFC0">
-[...2 lines deleted...]
-      <w:lvlText w:val="%5"/>
+    <w:lvl w:ilvl="4" w:tplc="A560E1B6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3240"/>
+        <w:ind w:left="4077" w:hanging="284"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-        <w:vertAlign w:val="baseline"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0434867A">
-[...2 lines deleted...]
-      <w:lvlText w:val="%6"/>
+    <w:lvl w:ilvl="5" w:tplc="B5981596">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3960"/>
+        <w:ind w:left="5027" w:hanging="284"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-        <w:vertAlign w:val="baseline"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="6952E55A">
-[...2 lines deleted...]
-      <w:lvlText w:val="%7"/>
+    <w:lvl w:ilvl="6" w:tplc="85B4D2CC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4680"/>
+        <w:ind w:left="5976" w:hanging="284"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-        <w:vertAlign w:val="baseline"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="60028014">
-[...2 lines deleted...]
-      <w:lvlText w:val="%8"/>
+    <w:lvl w:ilvl="7" w:tplc="5EBCEAA4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5400"/>
+        <w:ind w:left="6925" w:hanging="284"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-        <w:vertAlign w:val="baseline"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="ED628320">
-[...2 lines deleted...]
-      <w:lvlText w:val="%9"/>
+    <w:lvl w:ilvl="8" w:tplc="4A8A08D2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6120"/>
+        <w:ind w:left="7875" w:hanging="284"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-        <w:vertAlign w:val="baseline"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="2211253F"/>
+    <w:nsid w:val="62C85FA5"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="3BE4FDF2"/>
+    <w:tmpl w:val="1D06F4BC"/>
     <w:lvl w:ilvl="0">
-      <w:start w:val="218"/>
+      <w:start w:val="79"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="360"/>
+        <w:ind w:left="285" w:hanging="850"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-        <w:vertAlign w:val="baseline"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
-      <w:start w:val="1"/>
+      <w:start w:val="9"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlRestart w:val="0"/>
-      <w:lvlText w:val="%1.%2."/>
+      <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1394"/>
+        <w:ind w:left="285" w:hanging="850"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
         <w:i w:val="0"/>
-        <w:strike w:val="0"/>
-[...1 lines deleted...]
-        <w:color w:val="000000"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
-        <w:u w:val="none" w:color="000000"/>
-[...2 lines deleted...]
-        <w:vertAlign w:val="baseline"/>
+        <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
-      <w:start w:val="1"/>
-[...1 lines deleted...]
-      <w:lvlText w:val="%3"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1080"/>
+        <w:ind w:left="2178" w:hanging="850"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-        <w:vertAlign w:val="baseline"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
-      <w:start w:val="1"/>
-[...1 lines deleted...]
-      <w:lvlText w:val="%4"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1800"/>
+        <w:ind w:left="3128" w:hanging="850"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-        <w:vertAlign w:val="baseline"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
-      <w:start w:val="1"/>
-[...1 lines deleted...]
-      <w:lvlText w:val="%5"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2520"/>
+        <w:ind w:left="4077" w:hanging="850"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-        <w:vertAlign w:val="baseline"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
-      <w:start w:val="1"/>
-[...1 lines deleted...]
-      <w:lvlText w:val="%6"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3240"/>
+        <w:ind w:left="5027" w:hanging="850"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-        <w:vertAlign w:val="baseline"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
-      <w:start w:val="1"/>
-[...1 lines deleted...]
-      <w:lvlText w:val="%7"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3960"/>
+        <w:ind w:left="5976" w:hanging="850"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-        <w:vertAlign w:val="baseline"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
-      <w:start w:val="1"/>
-[...1 lines deleted...]
-      <w:lvlText w:val="%8"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4680"/>
+        <w:ind w:left="6925" w:hanging="850"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-        <w:vertAlign w:val="baseline"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
-      <w:start w:val="1"/>
-[...1 lines deleted...]
-      <w:lvlText w:val="%9"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5400"/>
+        <w:ind w:left="7875" w:hanging="850"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-        <w:vertAlign w:val="baseline"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="22DD374A"/>
+    <w:nsid w:val="6DCF652F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="7E3E887E"/>
-[...1 lines deleted...]
-      <w:start w:val="426"/>
+    <w:tmpl w:val="395AA0AA"/>
+    <w:lvl w:ilvl="0" w:tplc="8F7CE9C8">
+      <w:start w:val="111"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="480"/>
+        <w:ind w:left="422" w:hanging="420"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-        <w:vertAlign w:val="baseline"/>
+        <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="6CC2E3D6">
+    <w:lvl w:ilvl="1" w:tplc="04270019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%2"/>
+      <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1080"/>
-[...14 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="1082" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="29C6DBDA">
+    <w:lvl w:ilvl="2" w:tplc="0427001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
-      <w:lvlText w:val="%3"/>
-[...17 lines deleted...]
-      </w:rPr>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1802" w:hanging="180"/>
+      </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="F2764E1A">
+    <w:lvl w:ilvl="3" w:tplc="0427000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%4"/>
+      <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2520"/>
-[...14 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="2522" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="8A161282">
+    <w:lvl w:ilvl="4" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%5"/>
+      <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3240"/>
-[...14 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="3242" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="76FC435A">
+    <w:lvl w:ilvl="5" w:tplc="0427001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
-      <w:lvlText w:val="%6"/>
-[...17 lines deleted...]
-      </w:rPr>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3962" w:hanging="180"/>
+      </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="68E6D79E">
+    <w:lvl w:ilvl="6" w:tplc="0427000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%7"/>
+      <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4680"/>
-[...14 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="4682" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="67745948">
+    <w:lvl w:ilvl="7" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%8"/>
+      <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5400"/>
-[...14 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="5402" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="9ACC268A">
+    <w:lvl w:ilvl="8" w:tplc="0427001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
-      <w:lvlText w:val="%9"/>
-[...9774 lines deleted...]
-      </w:rPr>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6122" w:hanging="180"/>
+      </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="30"/>
+    <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="2">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="7">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="8">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="3">
-[...16 lines deleted...]
-  </w:num>
   <w:num w:numId="9">
-    <w:abstractNumId w:val="8"/>
+    <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="10">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="11">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="12">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="13">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="14">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="15">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="11">
-[...152 lines deleted...]
-  <w:numIdMacAtCleanup w:val="61"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:defaultTabStop w:val="1296"/>
+  <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="396"/>
+  <w:drawingGridHorizontalSpacing w:val="110"/>
+  <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:useFELayout/>
+    <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00032CAF"/>
-[...185 lines deleted...]
-    <w:rsid w:val="00FE02EC"/>
+    <w:rsidRoot w:val="00530167"/>
+    <w:rsid w:val="0001483E"/>
+    <w:rsid w:val="00036FB7"/>
+    <w:rsid w:val="00041B3F"/>
+    <w:rsid w:val="00080E41"/>
+    <w:rsid w:val="00082DEE"/>
+    <w:rsid w:val="0008609B"/>
+    <w:rsid w:val="000A40E2"/>
+    <w:rsid w:val="000D7573"/>
+    <w:rsid w:val="00146F9C"/>
+    <w:rsid w:val="001736A0"/>
+    <w:rsid w:val="00182A88"/>
+    <w:rsid w:val="001E1D87"/>
+    <w:rsid w:val="00232B38"/>
+    <w:rsid w:val="00243D68"/>
+    <w:rsid w:val="002724E4"/>
+    <w:rsid w:val="002E6E24"/>
+    <w:rsid w:val="0030670F"/>
+    <w:rsid w:val="00346A6E"/>
+    <w:rsid w:val="003617A2"/>
+    <w:rsid w:val="0036513B"/>
+    <w:rsid w:val="003B61A6"/>
+    <w:rsid w:val="003E2A57"/>
+    <w:rsid w:val="003E3AAB"/>
+    <w:rsid w:val="003F7F0F"/>
+    <w:rsid w:val="0040684E"/>
+    <w:rsid w:val="00484A55"/>
+    <w:rsid w:val="004B36DE"/>
+    <w:rsid w:val="004B5B84"/>
+    <w:rsid w:val="004C1BCD"/>
+    <w:rsid w:val="004F574C"/>
+    <w:rsid w:val="00530167"/>
+    <w:rsid w:val="0057331E"/>
+    <w:rsid w:val="00575B45"/>
+    <w:rsid w:val="00583652"/>
+    <w:rsid w:val="005D60CC"/>
+    <w:rsid w:val="00634748"/>
+    <w:rsid w:val="00664C02"/>
+    <w:rsid w:val="00667172"/>
+    <w:rsid w:val="00687653"/>
+    <w:rsid w:val="006F2C03"/>
+    <w:rsid w:val="00726FB3"/>
+    <w:rsid w:val="007439C7"/>
+    <w:rsid w:val="00745043"/>
+    <w:rsid w:val="0076526D"/>
+    <w:rsid w:val="0077523F"/>
+    <w:rsid w:val="00783806"/>
+    <w:rsid w:val="007B1E76"/>
+    <w:rsid w:val="007B634B"/>
+    <w:rsid w:val="00812E41"/>
+    <w:rsid w:val="0087409A"/>
+    <w:rsid w:val="00895059"/>
+    <w:rsid w:val="008A1662"/>
+    <w:rsid w:val="008B7493"/>
+    <w:rsid w:val="008F5CD1"/>
+    <w:rsid w:val="0090163E"/>
+    <w:rsid w:val="00901CAD"/>
+    <w:rsid w:val="00902A65"/>
+    <w:rsid w:val="009808BE"/>
+    <w:rsid w:val="00A10125"/>
+    <w:rsid w:val="00A218B2"/>
+    <w:rsid w:val="00A318D7"/>
+    <w:rsid w:val="00A374FE"/>
+    <w:rsid w:val="00A65ADA"/>
+    <w:rsid w:val="00A9260B"/>
+    <w:rsid w:val="00A9757B"/>
+    <w:rsid w:val="00AF4B4B"/>
+    <w:rsid w:val="00B50D62"/>
+    <w:rsid w:val="00B52075"/>
+    <w:rsid w:val="00B859A1"/>
+    <w:rsid w:val="00B95911"/>
+    <w:rsid w:val="00BB054B"/>
+    <w:rsid w:val="00BB38FC"/>
+    <w:rsid w:val="00BF051D"/>
+    <w:rsid w:val="00BF2714"/>
+    <w:rsid w:val="00BF48F1"/>
+    <w:rsid w:val="00C026A7"/>
+    <w:rsid w:val="00CB3EE6"/>
+    <w:rsid w:val="00CD1765"/>
+    <w:rsid w:val="00CF7CB0"/>
+    <w:rsid w:val="00D40096"/>
+    <w:rsid w:val="00D43272"/>
+    <w:rsid w:val="00D47FC8"/>
+    <w:rsid w:val="00D72FF7"/>
+    <w:rsid w:val="00DA13B4"/>
+    <w:rsid w:val="00DD51C8"/>
+    <w:rsid w:val="00DF24F4"/>
+    <w:rsid w:val="00E65297"/>
+    <w:rsid w:val="00E73F4A"/>
+    <w:rsid w:val="00EE348A"/>
+    <w:rsid w:val="00F06652"/>
+    <w:rsid w:val="00F27CC5"/>
+    <w:rsid w:val="00F430AA"/>
+    <w:rsid w:val="00F831E8"/>
+    <w:rsid w:val="00F84FEE"/>
+    <w:rsid w:val="00FE061D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lt-LT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="75E0E0B3"/>
-  <w15:docId w15:val="{FA86F602-A549-4490-B237-4E6710CAF27F}"/>
+  <w14:docId w14:val="74338342"/>
+  <w15:docId w15:val="{D5E467C7-83F2-43D2-BD0B-C52B0C9FC596}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="lt-LT" w:eastAsia="lt-LT" w:bidi="ar-SA"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -32081,509 +39900,612 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:default="1" w:styleId="prastasis">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:pPr>
-[...3 lines deleted...]
-    </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-      <w:color w:val="000000"/>
-      <w:sz w:val="24"/>
+      <w:lang w:val="lt-LT"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading1">
-[...21 lines deleted...]
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="character" w:default="1" w:styleId="Numatytasispastraiposriftas">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:default="1" w:styleId="prastojilentel">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:default="1" w:styleId="Sraonra">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
-[...13 lines deleted...]
-    </w:pPr>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
+    <w:name w:val="Table Normal"/>
+    <w:uiPriority w:val="2"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
     <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Hyperlink">
+  <w:style w:type="paragraph" w:styleId="Pagrindinistekstas">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:ind w:left="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Pavadinimas">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:ind w:left="1749" w:right="1069" w:hanging="394"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="36"/>
+      <w:szCs w:val="36"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Sraopastraipa">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:ind w:left="2"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
+    <w:name w:val="Table Paragraph"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hipersaitas">
     <w:name w:val="Hyperlink"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00BE3367"/>
+    <w:rsid w:val="00D43272"/>
     <w:rPr>
-      <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Header">
+  <w:style w:type="character" w:styleId="Neapdorotaspaminjimas">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00D43272"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Antrats">
     <w:name w:val="header"/>
-    <w:basedOn w:val="Normal"/>
-    <w:link w:val="HeaderChar"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:link w:val="AntratsDiagrama"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="0055753B"/>
+    <w:rsid w:val="00F06652"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4819"/>
         <w:tab w:val="right" w:pos="9638"/>
       </w:tabs>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
-[...2 lines deleted...]
-    <w:link w:val="Header"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="AntratsDiagrama">
+    <w:name w:val="Antraštės Diagrama"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:link w:val="Antrats"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="0055753B"/>
+    <w:rsid w:val="00F06652"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-      <w:color w:val="000000"/>
-      <w:sz w:val="24"/>
+      <w:lang w:val="lt-LT"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Footer">
+  <w:style w:type="paragraph" w:styleId="Porat">
     <w:name w:val="footer"/>
-    <w:basedOn w:val="Normal"/>
-    <w:link w:val="FooterChar"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:link w:val="PoratDiagrama"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="0055753B"/>
+    <w:rsid w:val="00F06652"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4819"/>
         <w:tab w:val="right" w:pos="9638"/>
       </w:tabs>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
-[...2 lines deleted...]
-    <w:link w:val="Footer"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PoratDiagrama">
+    <w:name w:val="Poraštė Diagrama"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:link w:val="Porat"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="0055753B"/>
+    <w:rsid w:val="00F06652"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-      <w:color w:val="000000"/>
-      <w:sz w:val="24"/>
+      <w:lang w:val="lt-LT"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
-[...1 lines deleted...]
-  <w:allowPNG/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+  <w:divs>
+    <w:div w:id="1280725947">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1560674331">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="176164974">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+  </w:divs>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dainoreliai.lt" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dainoreliai.lt" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://svietimas.vilnius.lt/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="„Office“ tema">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...1 lines deleted...]
-                <a:tint val="94000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="80000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
-[...1 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
+</file>
+
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D6F896E0-7FF9-4662-B640-1C2D82B6AED0}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>33</Pages>
-[...1 lines deleted...]
-  <Characters>86663</Characters>
+  <Pages>17</Pages>
+  <Words>26682</Words>
+  <Characters>15209</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>722</Lines>
-  <Paragraphs>203</Paragraphs>
+  <Lines>126</Lines>
+  <Paragraphs>83</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="4" baseType="variant">
-[...5 lines deleted...]
-      </vt:variant>
+    <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Pavadinimas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="2" baseType="lpstr">
-      <vt:lpstr/>
+    <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>101664</CharactersWithSpaces>
+  <CharactersWithSpaces>41808</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-[...2 lines deleted...]
-  <cp:keywords/>
+  <dc:creator>SILAS1</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
+    <vt:filetime>2024-02-20T00:00:00Z</vt:filetime>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
+    <vt:lpwstr>Microsoft® Word skirta „Microsoft 365“</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="LastSaved">
+    <vt:filetime>2025-08-18T00:00:00Z</vt:filetime>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="Producer">
+    <vt:lpwstr>Microsoft® Word skirta „Microsoft 365“</vt:lpwstr>
+  </property>
+</Properties>
+</file>